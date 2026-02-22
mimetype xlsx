--- v0 (2026-01-04)
+++ v1 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Productprijs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2963" uniqueCount="1812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2975" uniqueCount="1820">
   <si>
     <t>Reference</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Product category</t>
   </si>
   <si>
     <t>Price excluding VAT</t>
   </si>
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Minimal quantity</t>
   </si>
   <si>
@@ -544,50 +544,62 @@
   <si>
     <t>121012-04</t>
   </si>
   <si>
     <t>CENALED SPOT | 30° | 8,5W | White</t>
   </si>
   <si>
     <t>4260556625720</t>
   </si>
   <si>
     <t>[121012-04] CENALED SPOT | 30° | 8,5W | White</t>
   </si>
   <si>
     <t>121013-04</t>
   </si>
   <si>
     <t>CENALED SPOT | 65° | 8,5W | White</t>
   </si>
   <si>
     <t>4260556625737</t>
   </si>
   <si>
     <t>[121013-04] CENALED SPOT | 65° | 8,5W | White</t>
   </si>
   <si>
+    <t>130290-01</t>
+  </si>
+  <si>
+    <t>DOMELED-signal light | Ø90mm | RGBY-W | M12</t>
+  </si>
+  <si>
+    <t>4260556626987</t>
+  </si>
+  <si>
+    <t>[130290-01] DOMELED-signal light | Ø90mm | RGBY-W | M12</t>
+  </si>
+  <si>
     <t>151390-01</t>
   </si>
   <si>
     <t>TUBELED 40 II | Integrated | 740mm | RGB-W</t>
   </si>
   <si>
     <t>4260556624563</t>
   </si>
   <si>
     <t>[151390-01] TUBELED 40 II | Integrated | 740mm | RGB-W</t>
   </si>
   <si>
     <t>1519140</t>
   </si>
   <si>
     <t>Elamid plug II+A 16A/250V red</t>
   </si>
   <si>
     <t>4011721190723</t>
   </si>
   <si>
     <t>[1519140] Elamid plug II+A 16A/250V red</t>
   </si>
   <si>
     <t>Power/Data</t>
@@ -956,50 +968,60 @@
   </si>
   <si>
     <t>Mounting bracket 180° | Tubeled 25</t>
   </si>
   <si>
     <t>4260556626093</t>
   </si>
   <si>
     <t>[210200-25] Mounting bracket 180° | Tubeled 25
 Mounting bracket 180° | TUBELED 25</t>
   </si>
   <si>
     <t>210200-26</t>
   </si>
   <si>
     <t>Mounting bracket magnetic 180° | Tubeled 25</t>
   </si>
   <si>
     <t>4260556626109</t>
   </si>
   <si>
     <t>[210200-26] Mounting bracket magnetic 180° | Tubeled 25
 Magnetic mounting bracket 180° for TUBELED 25, 1 pair, 4 screws included</t>
   </si>
   <si>
+    <t>210200-30</t>
+  </si>
+  <si>
+    <t>Mounting bracket| Domeled</t>
+  </si>
+  <si>
+    <t>[210200-30] Mounting bracket| Domeled
+Mounting bracket for INROLED 70, 1 pair</t>
+  </si>
+  <si>
     <t>210700-04</t>
   </si>
   <si>
     <t>PWM dimmer | Manual control | M12 in/out</t>
   </si>
   <si>
     <t>4260556622163</t>
   </si>
   <si>
     <t>[210700-04] PWM dimmer | Manual control | M12 in/out</t>
   </si>
   <si>
     <t>210700-05</t>
   </si>
   <si>
     <t>PWM dimmer | PLC control with 3 inputs | M12 in/out</t>
   </si>
   <si>
     <t>4260556625409</t>
   </si>
   <si>
     <t>[210700-05] PWM dimmer | PLC control with 3 inputs | M12 in/out</t>
   </si>
   <si>
     <t>213200-02</t>
@@ -5198,50 +5220,53 @@
     <t>[SC1AR] SmartVOX® radio manual call point │ radio │ red</t>
   </si>
   <si>
     <t>SCW1AR</t>
   </si>
   <si>
     <t>SmartVOX® radio manual call point │ radio │ waterproof │ red/black</t>
   </si>
   <si>
     <t>[SCW1AR] SmartVOX® radio manual call point │ radio │ waterproof │ red/black</t>
   </si>
   <si>
     <t xml:space="preserve"> 210.00</t>
   </si>
   <si>
     <t>SL10-M2KTN-B</t>
   </si>
   <si>
     <t>LED steady/flash beacon, IP66, Ø100mm 100-240V AC, terminal block/blue</t>
   </si>
   <si>
     <t>[SL10-M2KTN-B] LED steady/flash beacon, IP66, Ø100mm 100-240V AC, terminal block/blue</t>
   </si>
   <si>
     <t>LED beacons</t>
+  </si>
+  <si>
+    <t>Recupel: 0.07</t>
   </si>
   <si>
     <t>SL10-M2KTN-G</t>
   </si>
   <si>
     <t>LED steady/flash beacon, IP66, Ø100mm 100-240V AC, terminal block/green</t>
   </si>
   <si>
     <t>[SL10-M2KTN-G] LED steady/flash beacon, IP66, Ø100mm 100-240V AC, terminal block/green</t>
   </si>
   <si>
     <t>SL10-M2KTN-R</t>
   </si>
   <si>
     <t>LED beacon, IP66, Ø100mm, 100-240VAC, terminal, red</t>
   </si>
   <si>
     <t>4938766023710</t>
   </si>
   <si>
     <t>[SL10-M2KTN-R] LED beacon, IP66, Ø100mm, 100-240VAC, terminal, red</t>
   </si>
   <si>
     <t>SL15-M1JN-B</t>
   </si>
@@ -5806,51 +5831,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I427"/>
+  <dimension ref="A1:I429"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" customWidth="1"/>
     <col min="2" max="4" width="50.7109375" customWidth="1"/>
     <col min="5" max="7" width="18.7109375" customWidth="1"/>
     <col min="8" max="8" width="50.7109375" customWidth="1"/>
     <col min="10" max="11" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -6970,241 +6995,239 @@
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>177</v>
       </c>
       <c r="B43" t="s">
         <v>178</v>
       </c>
       <c r="C43" t="s">
         <v>179</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="E43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="2"/>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>181</v>
       </c>
       <c r="B44" t="s">
         <v>182</v>
       </c>
       <c r="C44" t="s">
         <v>183</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>184</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="F44" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>185</v>
+      </c>
+      <c r="B45" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" t="s">
         <v>187</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="F45" t="s">
         <v>190</v>
       </c>
-      <c r="E45" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G45" t="s">
         <v>15</v>
       </c>
       <c r="H45">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>191</v>
       </c>
       <c r="B46" t="s">
         <v>192</v>
       </c>
       <c r="C46" t="s">
         <v>193</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>194</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>195</v>
       </c>
       <c r="B47" t="s">
         <v>196</v>
       </c>
       <c r="C47" t="s">
         <v>197</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>198</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>15</v>
       </c>
       <c r="H47">
         <v>1</v>
       </c>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>199</v>
       </c>
       <c r="B48" t="s">
         <v>200</v>
       </c>
       <c r="C48" t="s">
         <v>201</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>202</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>203</v>
       </c>
       <c r="B49" t="s">
         <v>204</v>
       </c>
       <c r="C49" t="s">
         <v>205</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>206</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F49" t="s">
         <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>207</v>
       </c>
       <c r="B50" t="s">
         <v>208</v>
       </c>
       <c r="C50" t="s">
         <v>209</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>210</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
         <v>15</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>212</v>
       </c>
       <c r="C51" t="s">
         <v>213</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>214</v>
       </c>
@@ -7214,348 +7237,348 @@
       <c r="F51" t="s">
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>215</v>
       </c>
       <c r="B52" t="s">
         <v>216</v>
       </c>
       <c r="C52" t="s">
         <v>217</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>218</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>220</v>
       </c>
       <c r="C53" t="s">
         <v>221</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>222</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F53" t="s">
         <v>22</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>223</v>
       </c>
       <c r="B54" t="s">
         <v>224</v>
       </c>
       <c r="C54" t="s">
         <v>225</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>226</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
         <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>227</v>
       </c>
       <c r="B55" t="s">
         <v>228</v>
       </c>
       <c r="C55" t="s">
         <v>229</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>230</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F55" t="s">
         <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>231</v>
       </c>
       <c r="B56" t="s">
         <v>232</v>
       </c>
       <c r="C56" t="s">
         <v>233</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>234</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>235</v>
+        <v>21</v>
       </c>
       <c r="F56" t="s">
         <v>22</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>235</v>
+      </c>
+      <c r="B57" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C57" t="s">
         <v>237</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>238</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F57" t="s">
         <v>22</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B58" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C58" t="s">
         <v>241</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>242</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F58" t="s">
         <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>243</v>
       </c>
       <c r="B59" t="s">
         <v>244</v>
       </c>
       <c r="C59" t="s">
         <v>245</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>246</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F59" t="s">
         <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>15</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>247</v>
       </c>
       <c r="B60" t="s">
         <v>248</v>
       </c>
       <c r="C60" t="s">
         <v>249</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>250</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F60" t="s">
         <v>22</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>251</v>
       </c>
       <c r="B61" t="s">
         <v>252</v>
       </c>
       <c r="C61" t="s">
         <v>253</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>254</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>255</v>
       </c>
       <c r="B62" t="s">
         <v>256</v>
       </c>
       <c r="C62" t="s">
         <v>257</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>259</v>
       </c>
       <c r="B63" t="s">
         <v>260</v>
       </c>
       <c r="C63" t="s">
         <v>261</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>262</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>21</v>
+        <v>239</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>263</v>
       </c>
       <c r="B64" t="s">
         <v>264</v>
       </c>
       <c r="C64" t="s">
         <v>265</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>266</v>
       </c>
@@ -7718,105 +7741,105 @@
       <c r="C70" t="s">
         <v>289</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>290</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F70" t="s">
         <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70">
         <v>1</v>
       </c>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>291</v>
       </c>
       <c r="B71" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="C71" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F71" t="s">
         <v>22</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B72" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="C72" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B73" t="s">
-        <v>298</v>
+        <v>272</v>
       </c>
       <c r="C73" t="s">
         <v>299</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>300</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>15</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>301</v>
       </c>
@@ -7909,9572 +7932,9626 @@
       </c>
       <c r="D77" s="2" t="s">
         <v>316</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F77" t="s">
         <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77">
         <v>1</v>
       </c>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>317</v>
       </c>
       <c r="B78" t="s">
         <v>318</v>
       </c>
-      <c r="C78" t="s">
+      <c r="C78" t="b">
+        <v>0</v>
+      </c>
+      <c r="D78" s="2" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F78" t="s">
         <v>22</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78">
         <v>1</v>
       </c>
       <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>320</v>
+      </c>
+      <c r="B79" t="s">
         <v>321</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>322</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" s="2" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F79" t="s">
         <v>22</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79">
         <v>1</v>
       </c>
       <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" t="s">
         <v>325</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>326</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" s="2" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F80" t="s">
         <v>22</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80">
         <v>1</v>
       </c>
       <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" t="s">
         <v>329</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>330</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" s="2" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F81" t="s">
         <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81">
         <v>1</v>
       </c>
       <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
+        <v>332</v>
+      </c>
+      <c r="B82" t="s">
         <v>333</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>334</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" s="2" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F82" t="s">
         <v>22</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>336</v>
+      </c>
+      <c r="B83" t="s">
         <v>337</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>338</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="D83" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="2" t="s">
-        <v>341</v>
+        <v>21</v>
       </c>
       <c r="F83" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
-      <c r="I83" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
+        <v>340</v>
+      </c>
+      <c r="B84" t="s">
+        <v>341</v>
+      </c>
+      <c r="C84" t="s">
+        <v>342</v>
+      </c>
+      <c r="D84" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="B84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E84" s="2" t="s">
-        <v>341</v>
+        <v>21</v>
       </c>
       <c r="F84" t="s">
-        <v>347</v>
+        <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>15</v>
       </c>
       <c r="H84">
         <v>1</v>
       </c>
-      <c r="I84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>344</v>
+      </c>
+      <c r="B85" t="s">
+        <v>345</v>
+      </c>
+      <c r="C85" t="s">
+        <v>346</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E85" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="B85" t="s">
+      <c r="F85" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85">
         <v>1</v>
       </c>
       <c r="I85" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>350</v>
+      </c>
+      <c r="B86" t="s">
+        <v>351</v>
+      </c>
+      <c r="C86" t="s">
+        <v>352</v>
+      </c>
+      <c r="D86" s="2" t="s">
         <v>353</v>
       </c>
-      <c r="B86" t="s">
+      <c r="E86" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F86" t="s">
         <v>354</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86">
         <v>1</v>
       </c>
       <c r="I86" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>355</v>
+      </c>
+      <c r="B87" t="s">
+        <v>356</v>
+      </c>
+      <c r="C87" t="s">
+        <v>357</v>
+      </c>
+      <c r="D87" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B87" t="s">
+      <c r="E87" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F87" t="s">
         <v>359</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87">
         <v>1</v>
       </c>
       <c r="I87" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
+        <v>360</v>
+      </c>
+      <c r="B88" t="s">
+        <v>361</v>
+      </c>
+      <c r="C88" t="s">
         <v>362</v>
       </c>
-      <c r="B88" t="s">
+      <c r="D88" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F88" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88">
         <v>1</v>
       </c>
       <c r="I88" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>365</v>
+      </c>
+      <c r="B89" t="s">
         <v>366</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>367</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="D89" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="2" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F89" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="G89" t="s">
         <v>15</v>
       </c>
       <c r="H89">
         <v>1</v>
       </c>
       <c r="I89" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
+        <v>369</v>
+      </c>
+      <c r="B90" t="s">
         <v>370</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>371</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="D90" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="2" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F90" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="G90" t="s">
         <v>15</v>
       </c>
       <c r="H90">
         <v>1</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>373</v>
+      </c>
+      <c r="B91" t="s">
         <v>374</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>375</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="D91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="2" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F91" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91">
         <v>1</v>
       </c>
       <c r="I91" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>377</v>
+      </c>
+      <c r="B92" t="s">
         <v>378</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>379</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="D92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="2" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F92" t="s">
-        <v>382</v>
+        <v>359</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92">
         <v>1</v>
       </c>
       <c r="I92" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
+        <v>381</v>
+      </c>
+      <c r="B93" t="s">
+        <v>382</v>
+      </c>
+      <c r="C93" t="s">
         <v>383</v>
       </c>
-      <c r="B93" t="s">
+      <c r="D93" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="C93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="2" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F93" t="s">
-        <v>387</v>
+        <v>359</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93">
         <v>1</v>
       </c>
       <c r="I93" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
+        <v>385</v>
+      </c>
+      <c r="B94" t="s">
+        <v>386</v>
+      </c>
+      <c r="C94" t="s">
+        <v>387</v>
+      </c>
+      <c r="D94" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="B94" t="s">
+      <c r="E94" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F94" t="s">
         <v>389</v>
-      </c>
-[...10 lines deleted...]
-        <v>392</v>
       </c>
       <c r="G94" t="s">
         <v>15</v>
       </c>
       <c r="H94">
         <v>1</v>
       </c>
       <c r="I94" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
+        <v>390</v>
+      </c>
+      <c r="B95" t="s">
+        <v>391</v>
+      </c>
+      <c r="C95" t="s">
+        <v>392</v>
+      </c>
+      <c r="D95" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="B95" t="s">
+      <c r="E95" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F95" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95">
         <v>1</v>
       </c>
       <c r="I95" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>395</v>
+      </c>
+      <c r="B96" t="s">
+        <v>396</v>
+      </c>
+      <c r="C96" t="s">
+        <v>397</v>
+      </c>
+      <c r="D96" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="B96" t="s">
+      <c r="E96" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F96" t="s">
         <v>399</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
       <c r="G96" t="s">
         <v>15</v>
       </c>
       <c r="H96">
         <v>1</v>
       </c>
       <c r="I96" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
+        <v>400</v>
+      </c>
+      <c r="B97" t="s">
+        <v>401</v>
+      </c>
+      <c r="C97" t="s">
         <v>402</v>
       </c>
-      <c r="B97" t="s">
+      <c r="D97" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="C97" t="s">
+      <c r="E97" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F97" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97">
         <v>1</v>
       </c>
       <c r="I97" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
+        <v>405</v>
+      </c>
+      <c r="B98" t="s">
+        <v>406</v>
+      </c>
+      <c r="C98" t="s">
         <v>407</v>
       </c>
-      <c r="B98" t="s">
+      <c r="D98" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="C98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" s="2" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="F98" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98">
         <v>1</v>
       </c>
-      <c r="I98" s="2"/>
+      <c r="I98" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
+        <v>409</v>
+      </c>
+      <c r="B99" t="s">
+        <v>410</v>
+      </c>
+      <c r="C99" t="s">
+        <v>411</v>
+      </c>
+      <c r="D99" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="B99" t="s">
+      <c r="E99" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F99" t="s">
         <v>413</v>
       </c>
-      <c r="C99" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99">
         <v>1</v>
       </c>
-      <c r="I99" s="2"/>
+      <c r="I99" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
+        <v>414</v>
+      </c>
+      <c r="B100" t="s">
+        <v>415</v>
+      </c>
+      <c r="C100" t="s">
+        <v>416</v>
+      </c>
+      <c r="D100" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="B100" t="s">
+      <c r="E100" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F100" t="s">
         <v>418</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G100" t="s">
         <v>15</v>
       </c>
       <c r="H100">
         <v>1</v>
       </c>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
+        <v>419</v>
+      </c>
+      <c r="B101" t="s">
+        <v>420</v>
+      </c>
+      <c r="C101" t="s">
         <v>421</v>
       </c>
-      <c r="B101" t="s">
+      <c r="D101" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="C101" t="b">
-[...2 lines deleted...]
-      <c r="D101" s="2" t="s">
+      <c r="E101" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="F101" t="s">
         <v>423</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G101" t="s">
         <v>15</v>
       </c>
       <c r="H101">
         <v>1</v>
       </c>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>424</v>
       </c>
       <c r="B102" t="s">
         <v>425</v>
       </c>
       <c r="C102" t="b">
         <v>0</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>426</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="F102" t="s">
         <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>15</v>
       </c>
       <c r="H102">
         <v>1</v>
       </c>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B103" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C103" t="b">
         <v>0</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="F103" t="s">
         <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>15</v>
       </c>
       <c r="H103">
         <v>1</v>
       </c>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B104" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C104" t="b">
         <v>0</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="F104" t="s">
         <v>22</v>
       </c>
       <c r="G104" t="s">
         <v>15</v>
       </c>
       <c r="H104">
         <v>1</v>
       </c>
       <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B105" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C105" t="b">
         <v>0</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>15</v>
       </c>
       <c r="H105">
         <v>1</v>
       </c>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B106" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="C106" t="s">
         <v>438</v>
+      </c>
+      <c r="C106" t="b">
+        <v>0</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>439</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="F106" t="s">
-        <v>441</v>
+        <v>22</v>
       </c>
       <c r="G106" t="s">
         <v>15</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
-      <c r="I106" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
+        <v>440</v>
+      </c>
+      <c r="B107" t="s">
+        <v>441</v>
+      </c>
+      <c r="C107" t="b">
+        <v>0</v>
+      </c>
+      <c r="D107" s="2" t="s">
         <v>442</v>
       </c>
-      <c r="B107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E107" s="2" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="F107" t="s">
-        <v>441</v>
+        <v>22</v>
       </c>
       <c r="G107" t="s">
         <v>15</v>
       </c>
       <c r="H107">
         <v>1</v>
       </c>
-      <c r="I107" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
+        <v>443</v>
+      </c>
+      <c r="B108" t="s">
+        <v>444</v>
+      </c>
+      <c r="C108" t="s">
+        <v>445</v>
+      </c>
+      <c r="D108" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="B108" t="s">
+      <c r="E108" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="C108" t="s">
+      <c r="F108" t="s">
         <v>448</v>
-      </c>
-[...7 lines deleted...]
-        <v>450</v>
       </c>
       <c r="G108" t="s">
         <v>15</v>
       </c>
       <c r="H108">
         <v>1</v>
       </c>
       <c r="I108" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>449</v>
+      </c>
+      <c r="B109" t="s">
+        <v>450</v>
+      </c>
+      <c r="C109" t="s">
         <v>451</v>
       </c>
-      <c r="B109" t="s">
+      <c r="D109" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="C109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E109" s="2" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="F109" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="G109" t="s">
         <v>15</v>
       </c>
       <c r="H109">
         <v>1</v>
       </c>
-      <c r="I109" s="2"/>
+      <c r="I109" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
+        <v>453</v>
+      </c>
+      <c r="B110" t="s">
+        <v>454</v>
+      </c>
+      <c r="C110" t="s">
+        <v>455</v>
+      </c>
+      <c r="D110" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="B110" t="s">
+      <c r="E110" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="F110" t="s">
         <v>457</v>
       </c>
-      <c r="C110" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G110" t="s">
         <v>15</v>
       </c>
       <c r="H110">
         <v>1</v>
       </c>
-      <c r="I110" s="2"/>
+      <c r="I110" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>458</v>
+      </c>
+      <c r="B111" t="s">
+        <v>459</v>
+      </c>
+      <c r="C111" t="s">
+        <v>460</v>
+      </c>
+      <c r="D111" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="B111" t="s">
+      <c r="E111" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="F111" t="s">
         <v>462</v>
       </c>
-      <c r="C111" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G111" t="s">
         <v>15</v>
       </c>
       <c r="H111">
         <v>1</v>
       </c>
-      <c r="I111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>463</v>
+      </c>
+      <c r="B112" t="s">
+        <v>464</v>
+      </c>
+      <c r="C112" t="s">
+        <v>465</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="F112" t="s">
         <v>467</v>
-      </c>
-[...13 lines deleted...]
-        <v>471</v>
       </c>
       <c r="G112" t="s">
         <v>15</v>
       </c>
       <c r="H112">
         <v>1</v>
       </c>
       <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
+        <v>468</v>
+      </c>
+      <c r="B113" t="s">
+        <v>469</v>
+      </c>
+      <c r="C113" t="s">
+        <v>470</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="E113" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="B113" t="s">
+      <c r="F113" t="s">
         <v>473</v>
       </c>
-      <c r="C113" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G113" t="s">
         <v>15</v>
       </c>
       <c r="H113">
         <v>1</v>
       </c>
-      <c r="I113" s="2"/>
+      <c r="I113" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
+        <v>474</v>
+      </c>
+      <c r="B114" t="s">
+        <v>475</v>
+      </c>
+      <c r="C114" t="s">
+        <v>476</v>
+      </c>
+      <c r="D114" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="B114" t="s">
+      <c r="E114" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F114" t="s">
         <v>478</v>
-      </c>
-[...10 lines deleted...]
-        <v>481</v>
       </c>
       <c r="G114" t="s">
         <v>15</v>
       </c>
       <c r="H114">
         <v>1</v>
       </c>
       <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
+        <v>479</v>
+      </c>
+      <c r="B115" t="s">
+        <v>480</v>
+      </c>
+      <c r="C115" t="s">
+        <v>481</v>
+      </c>
+      <c r="D115" s="2" t="s">
         <v>482</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="E115" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F115" t="s">
         <v>483</v>
-      </c>
-[...7 lines deleted...]
-        <v>485</v>
       </c>
       <c r="G115" t="s">
         <v>15</v>
       </c>
       <c r="H115">
         <v>1</v>
       </c>
       <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
+        <v>484</v>
+      </c>
+      <c r="B116" t="s">
+        <v>485</v>
+      </c>
+      <c r="C116" t="s">
         <v>486</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="D116" s="2" t="s">
+      <c r="E116" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F116" t="s">
         <v>488</v>
-      </c>
-[...4 lines deleted...]
-        <v>489</v>
       </c>
       <c r="G116" t="s">
         <v>15</v>
       </c>
       <c r="H116">
         <v>1</v>
       </c>
       <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
+        <v>489</v>
+      </c>
+      <c r="B117" t="s">
+        <v>480</v>
+      </c>
+      <c r="C117" t="s">
         <v>490</v>
       </c>
-      <c r="B117" t="s">
+      <c r="D117" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="C117" t="s">
+      <c r="E117" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F117" t="s">
         <v>492</v>
-      </c>
-[...7 lines deleted...]
-        <v>494</v>
       </c>
       <c r="G117" t="s">
         <v>15</v>
       </c>
       <c r="H117">
         <v>1</v>
       </c>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
+        <v>493</v>
+      </c>
+      <c r="B118" t="s">
+        <v>485</v>
+      </c>
+      <c r="C118" t="s">
+        <v>494</v>
+      </c>
+      <c r="D118" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="B118" t="s">
+      <c r="E118" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F118" t="s">
         <v>496</v>
-      </c>
-[...10 lines deleted...]
-        <v>499</v>
       </c>
       <c r="G118" t="s">
         <v>15</v>
       </c>
       <c r="H118">
         <v>1</v>
       </c>
       <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
+        <v>497</v>
+      </c>
+      <c r="B119" t="s">
+        <v>498</v>
+      </c>
+      <c r="C119" t="s">
+        <v>499</v>
+      </c>
+      <c r="D119" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="B119" t="s">
+      <c r="E119" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F119" t="s">
         <v>501</v>
       </c>
-      <c r="C119" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G119" t="s">
         <v>15</v>
       </c>
       <c r="H119">
         <v>1</v>
       </c>
-      <c r="I119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
+        <v>502</v>
+      </c>
+      <c r="B120" t="s">
+        <v>503</v>
+      </c>
+      <c r="C120" t="s">
+        <v>504</v>
+      </c>
+      <c r="D120" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="B120" t="s">
+      <c r="E120" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F120" t="s">
         <v>506</v>
-      </c>
-[...10 lines deleted...]
-        <v>509</v>
       </c>
       <c r="G120" t="s">
         <v>15</v>
       </c>
       <c r="H120">
         <v>1</v>
       </c>
       <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>507</v>
+      </c>
+      <c r="B121" t="s">
+        <v>508</v>
+      </c>
+      <c r="C121" t="s">
+        <v>509</v>
+      </c>
+      <c r="D121" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="B121" t="s">
+      <c r="E121" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F121" t="s">
         <v>511</v>
       </c>
-      <c r="C121" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G121" t="s">
         <v>15</v>
       </c>
       <c r="H121">
         <v>1</v>
       </c>
-      <c r="I121" s="2"/>
+      <c r="I121" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
+        <v>512</v>
+      </c>
+      <c r="B122" t="s">
+        <v>513</v>
+      </c>
+      <c r="C122" t="s">
+        <v>514</v>
+      </c>
+      <c r="D122" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="B122" t="s">
+      <c r="E122" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F122" t="s">
         <v>516</v>
-      </c>
-[...10 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G122" t="s">
         <v>15</v>
       </c>
       <c r="H122">
         <v>1</v>
       </c>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
+        <v>517</v>
+      </c>
+      <c r="B123" t="s">
+        <v>518</v>
+      </c>
+      <c r="C123" t="s">
+        <v>519</v>
+      </c>
+      <c r="D123" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="B123" t="s">
+      <c r="E123" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F123" t="s">
         <v>521</v>
-      </c>
-[...10 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G123" t="s">
         <v>15</v>
       </c>
       <c r="H123">
         <v>1</v>
       </c>
       <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
+        <v>522</v>
+      </c>
+      <c r="B124" t="s">
+        <v>523</v>
+      </c>
+      <c r="C124" t="s">
         <v>524</v>
       </c>
-      <c r="B124" t="s">
+      <c r="D124" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F124" t="s">
         <v>526</v>
       </c>
-      <c r="D124" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G124" t="s">
         <v>15</v>
       </c>
       <c r="H124">
         <v>1</v>
       </c>
-      <c r="I124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
+        <v>527</v>
+      </c>
+      <c r="B125" t="s">
+        <v>528</v>
+      </c>
+      <c r="C125" t="s">
         <v>529</v>
       </c>
-      <c r="B125" t="s">
+      <c r="D125" s="2" t="s">
         <v>530</v>
       </c>
-      <c r="C125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F125" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="G125" t="s">
         <v>15</v>
       </c>
       <c r="H125">
         <v>1</v>
       </c>
       <c r="I125" s="2"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>531</v>
+      </c>
+      <c r="B126" t="s">
+        <v>532</v>
+      </c>
+      <c r="C126" t="s">
+        <v>533</v>
+      </c>
+      <c r="D126" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="B126" t="s">
+      <c r="E126" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F126" t="s">
         <v>535</v>
-      </c>
-[...10 lines deleted...]
-        <v>533</v>
       </c>
       <c r="G126" t="s">
         <v>15</v>
       </c>
       <c r="H126">
         <v>1</v>
       </c>
       <c r="I126" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
+        <v>536</v>
+      </c>
+      <c r="B127" t="s">
+        <v>537</v>
+      </c>
+      <c r="C127" t="s">
         <v>538</v>
       </c>
-      <c r="B127" t="s">
+      <c r="D127" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="C127" t="s">
+      <c r="E127" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F127" t="s">
         <v>540</v>
-      </c>
-[...7 lines deleted...]
-        <v>542</v>
       </c>
       <c r="G127" t="s">
         <v>15</v>
       </c>
       <c r="H127">
         <v>1</v>
       </c>
       <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
+        <v>541</v>
+      </c>
+      <c r="B128" t="s">
+        <v>542</v>
+      </c>
+      <c r="C128" t="s">
         <v>543</v>
       </c>
-      <c r="B128" t="s">
+      <c r="D128" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="C128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E128" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F128" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="G128" t="s">
         <v>15</v>
       </c>
       <c r="H128">
         <v>1</v>
       </c>
-      <c r="I128" s="2"/>
+      <c r="I128" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
+        <v>545</v>
+      </c>
+      <c r="B129" t="s">
+        <v>546</v>
+      </c>
+      <c r="C129" t="s">
+        <v>547</v>
+      </c>
+      <c r="D129" s="2" t="s">
         <v>548</v>
       </c>
-      <c r="B129" t="s">
+      <c r="E129" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F129" t="s">
         <v>549</v>
       </c>
-      <c r="C129" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G129" t="s">
         <v>15</v>
       </c>
       <c r="H129">
         <v>1</v>
       </c>
-      <c r="I129" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
+        <v>550</v>
+      </c>
+      <c r="B130" t="s">
+        <v>551</v>
+      </c>
+      <c r="C130" t="s">
+        <v>552</v>
+      </c>
+      <c r="D130" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="B130" t="s">
+      <c r="E130" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F130" t="s">
         <v>554</v>
-      </c>
-[...10 lines deleted...]
-        <v>557</v>
       </c>
       <c r="G130" t="s">
         <v>15</v>
       </c>
       <c r="H130">
         <v>1</v>
       </c>
       <c r="I130" s="2"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
+        <v>555</v>
+      </c>
+      <c r="B131" t="s">
+        <v>556</v>
+      </c>
+      <c r="C131" t="s">
+        <v>557</v>
+      </c>
+      <c r="D131" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="B131" t="s">
+      <c r="E131" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F131" t="s">
         <v>559</v>
       </c>
-      <c r="C131" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G131" t="s">
         <v>15</v>
       </c>
       <c r="H131">
         <v>1</v>
       </c>
-      <c r="I131" s="2"/>
+      <c r="I131" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>560</v>
+      </c>
+      <c r="B132" t="s">
+        <v>561</v>
+      </c>
+      <c r="C132" t="s">
         <v>562</v>
       </c>
-      <c r="B132" t="s">
+      <c r="D132" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F132" t="s">
         <v>564</v>
-      </c>
-[...7 lines deleted...]
-        <v>547</v>
       </c>
       <c r="G132" t="s">
         <v>15</v>
       </c>
       <c r="H132">
         <v>1</v>
       </c>
       <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
+        <v>565</v>
+      </c>
+      <c r="B133" t="s">
         <v>566</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>567</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="D133" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F133" t="s">
-        <v>570</v>
+        <v>549</v>
       </c>
       <c r="G133" t="s">
         <v>15</v>
       </c>
       <c r="H133">
         <v>1</v>
       </c>
-      <c r="I133" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
+        <v>569</v>
+      </c>
+      <c r="B134" t="s">
+        <v>570</v>
+      </c>
+      <c r="C134" t="s">
         <v>571</v>
       </c>
-      <c r="B134" t="s">
+      <c r="D134" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="C134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E134" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F134" t="s">
-        <v>575</v>
+        <v>554</v>
       </c>
       <c r="G134" t="s">
         <v>15</v>
       </c>
       <c r="H134">
         <v>1</v>
       </c>
       <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
+        <v>573</v>
+      </c>
+      <c r="B135" t="s">
+        <v>574</v>
+      </c>
+      <c r="C135" t="s">
+        <v>575</v>
+      </c>
+      <c r="D135" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="B135" t="s">
+      <c r="E135" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F135" t="s">
         <v>577</v>
       </c>
-      <c r="C135" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G135" t="s">
         <v>15</v>
       </c>
       <c r="H135">
         <v>1</v>
       </c>
-      <c r="I135" s="2"/>
+      <c r="I135" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
+        <v>578</v>
+      </c>
+      <c r="B136" t="s">
+        <v>579</v>
+      </c>
+      <c r="C136" t="s">
+        <v>580</v>
+      </c>
+      <c r="D136" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="B136" t="s">
+      <c r="E136" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F136" t="s">
         <v>582</v>
-      </c>
-[...10 lines deleted...]
-        <v>585</v>
       </c>
       <c r="G136" t="s">
         <v>15</v>
       </c>
       <c r="H136">
         <v>1</v>
       </c>
       <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>583</v>
+      </c>
+      <c r="B137" t="s">
+        <v>584</v>
+      </c>
+      <c r="C137" t="s">
+        <v>585</v>
+      </c>
+      <c r="D137" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="B137" t="s">
+      <c r="E137" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F137" t="s">
         <v>587</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
       <c r="G137" t="s">
         <v>15</v>
       </c>
       <c r="H137">
         <v>1</v>
       </c>
       <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
+        <v>588</v>
+      </c>
+      <c r="B138" t="s">
+        <v>589</v>
+      </c>
+      <c r="C138" t="s">
+        <v>590</v>
+      </c>
+      <c r="D138" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="B138" t="s">
+      <c r="E138" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F138" t="s">
         <v>592</v>
-      </c>
-[...10 lines deleted...]
-        <v>595</v>
       </c>
       <c r="G138" t="s">
         <v>15</v>
       </c>
       <c r="H138">
         <v>1</v>
       </c>
       <c r="I138" s="2"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
+        <v>593</v>
+      </c>
+      <c r="B139" t="s">
+        <v>594</v>
+      </c>
+      <c r="C139" t="s">
+        <v>595</v>
+      </c>
+      <c r="D139" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="B139" t="s">
+      <c r="E139" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F139" t="s">
         <v>597</v>
-      </c>
-[...10 lines deleted...]
-        <v>595</v>
       </c>
       <c r="G139" t="s">
         <v>15</v>
       </c>
       <c r="H139">
         <v>1</v>
       </c>
       <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
+        <v>598</v>
+      </c>
+      <c r="B140" t="s">
+        <v>599</v>
+      </c>
+      <c r="C140" t="s">
         <v>600</v>
       </c>
-      <c r="B140" t="s">
+      <c r="D140" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="C140" t="s">
+      <c r="E140" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F140" t="s">
         <v>602</v>
-      </c>
-[...7 lines deleted...]
-        <v>604</v>
       </c>
       <c r="G140" t="s">
         <v>15</v>
       </c>
       <c r="H140">
         <v>1</v>
       </c>
       <c r="I140" s="2"/>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
+        <v>603</v>
+      </c>
+      <c r="B141" t="s">
+        <v>604</v>
+      </c>
+      <c r="C141" t="s">
         <v>605</v>
       </c>
-      <c r="B141" t="s">
+      <c r="D141" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="C141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E141" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F141" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="G141" t="s">
         <v>15</v>
       </c>
       <c r="H141">
         <v>1</v>
       </c>
       <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
+        <v>607</v>
+      </c>
+      <c r="B142" t="s">
+        <v>608</v>
+      </c>
+      <c r="C142" t="s">
+        <v>609</v>
+      </c>
+      <c r="D142" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="B142" t="s">
+      <c r="E142" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F142" t="s">
         <v>611</v>
-      </c>
-[...10 lines deleted...]
-        <v>609</v>
       </c>
       <c r="G142" t="s">
         <v>15</v>
       </c>
       <c r="H142">
         <v>1</v>
       </c>
       <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
+        <v>612</v>
+      </c>
+      <c r="B143" t="s">
+        <v>613</v>
+      </c>
+      <c r="C143" t="s">
         <v>614</v>
       </c>
-      <c r="B143" t="s">
+      <c r="D143" s="2" t="s">
         <v>615</v>
       </c>
-      <c r="C143" t="s">
+      <c r="E143" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F143" t="s">
         <v>616</v>
-      </c>
-[...7 lines deleted...]
-        <v>618</v>
       </c>
       <c r="G143" t="s">
         <v>15</v>
       </c>
       <c r="H143">
         <v>1</v>
       </c>
       <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
+        <v>617</v>
+      </c>
+      <c r="B144" t="s">
+        <v>618</v>
+      </c>
+      <c r="C144" t="s">
         <v>619</v>
       </c>
-      <c r="B144" t="s">
+      <c r="D144" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="C144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E144" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F144" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="G144" t="s">
         <v>15</v>
       </c>
       <c r="H144">
         <v>1</v>
       </c>
       <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
+        <v>621</v>
+      </c>
+      <c r="B145" t="s">
+        <v>622</v>
+      </c>
+      <c r="C145" t="s">
+        <v>623</v>
+      </c>
+      <c r="D145" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="B145" t="s">
+      <c r="E145" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F145" t="s">
         <v>625</v>
-      </c>
-[...10 lines deleted...]
-        <v>628</v>
       </c>
       <c r="G145" t="s">
         <v>15</v>
       </c>
       <c r="H145">
         <v>1</v>
       </c>
       <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
+        <v>626</v>
+      </c>
+      <c r="B146" t="s">
+        <v>627</v>
+      </c>
+      <c r="C146" t="s">
+        <v>628</v>
+      </c>
+      <c r="D146" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="B146" t="s">
+      <c r="E146" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F146" t="s">
         <v>630</v>
-      </c>
-[...10 lines deleted...]
-        <v>633</v>
       </c>
       <c r="G146" t="s">
         <v>15</v>
       </c>
       <c r="H146">
         <v>1</v>
       </c>
       <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
+        <v>631</v>
+      </c>
+      <c r="B147" t="s">
+        <v>632</v>
+      </c>
+      <c r="C147" t="s">
+        <v>633</v>
+      </c>
+      <c r="D147" s="2" t="s">
         <v>634</v>
       </c>
-      <c r="B147" t="s">
+      <c r="E147" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F147" t="s">
         <v>635</v>
-      </c>
-[...10 lines deleted...]
-        <v>638</v>
       </c>
       <c r="G147" t="s">
         <v>15</v>
       </c>
       <c r="H147">
         <v>1</v>
       </c>
       <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
+        <v>636</v>
+      </c>
+      <c r="B148" t="s">
+        <v>637</v>
+      </c>
+      <c r="C148" t="s">
+        <v>638</v>
+      </c>
+      <c r="D148" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="B148" t="s">
+      <c r="E148" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F148" t="s">
         <v>640</v>
-      </c>
-[...10 lines deleted...]
-        <v>643</v>
       </c>
       <c r="G148" t="s">
         <v>15</v>
       </c>
       <c r="H148">
         <v>1</v>
       </c>
       <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
+        <v>641</v>
+      </c>
+      <c r="B149" t="s">
+        <v>642</v>
+      </c>
+      <c r="C149" t="s">
+        <v>643</v>
+      </c>
+      <c r="D149" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="B149" t="s">
+      <c r="E149" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F149" t="s">
         <v>645</v>
-      </c>
-[...10 lines deleted...]
-        <v>648</v>
       </c>
       <c r="G149" t="s">
         <v>15</v>
       </c>
       <c r="H149">
         <v>1</v>
       </c>
       <c r="I149" s="2"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
+        <v>646</v>
+      </c>
+      <c r="B150" t="s">
+        <v>647</v>
+      </c>
+      <c r="C150" t="s">
+        <v>648</v>
+      </c>
+      <c r="D150" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="B150" t="s">
+      <c r="E150" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F150" t="s">
         <v>650</v>
-      </c>
-[...10 lines deleted...]
-        <v>653</v>
       </c>
       <c r="G150" t="s">
         <v>15</v>
       </c>
       <c r="H150">
         <v>1</v>
       </c>
       <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
+        <v>651</v>
+      </c>
+      <c r="B151" t="s">
+        <v>652</v>
+      </c>
+      <c r="C151" t="s">
+        <v>653</v>
+      </c>
+      <c r="D151" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="B151" t="s">
+      <c r="E151" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F151" t="s">
         <v>655</v>
-      </c>
-[...10 lines deleted...]
-        <v>658</v>
       </c>
       <c r="G151" t="s">
         <v>15</v>
       </c>
       <c r="H151">
         <v>1</v>
       </c>
       <c r="I151" s="2"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
+        <v>656</v>
+      </c>
+      <c r="B152" t="s">
+        <v>657</v>
+      </c>
+      <c r="C152" t="s">
+        <v>658</v>
+      </c>
+      <c r="D152" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="B152" t="s">
+      <c r="E152" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F152" t="s">
         <v>660</v>
-      </c>
-[...10 lines deleted...]
-        <v>663</v>
       </c>
       <c r="G152" t="s">
         <v>15</v>
       </c>
       <c r="H152">
         <v>1</v>
       </c>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
+        <v>661</v>
+      </c>
+      <c r="B153" t="s">
+        <v>662</v>
+      </c>
+      <c r="C153" t="s">
+        <v>663</v>
+      </c>
+      <c r="D153" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="B153" t="s">
+      <c r="E153" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F153" t="s">
         <v>665</v>
-      </c>
-[...10 lines deleted...]
-        <v>648</v>
       </c>
       <c r="G153" t="s">
         <v>15</v>
       </c>
       <c r="H153">
         <v>1</v>
       </c>
       <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
+        <v>666</v>
+      </c>
+      <c r="B154" t="s">
+        <v>667</v>
+      </c>
+      <c r="C154" t="s">
         <v>668</v>
       </c>
-      <c r="B154" t="s">
+      <c r="D154" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F154" t="s">
         <v>670</v>
-      </c>
-[...7 lines deleted...]
-        <v>653</v>
       </c>
       <c r="G154" t="s">
         <v>15</v>
       </c>
       <c r="H154">
         <v>1</v>
       </c>
       <c r="I154" s="2"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
+        <v>671</v>
+      </c>
+      <c r="B155" t="s">
         <v>672</v>
       </c>
-      <c r="B155" t="s">
+      <c r="C155" t="s">
         <v>673</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" s="2" t="s">
         <v>674</v>
       </c>
-      <c r="D155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F155" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="G155" t="s">
         <v>15</v>
       </c>
       <c r="H155">
         <v>1</v>
       </c>
       <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
+        <v>675</v>
+      </c>
+      <c r="B156" t="s">
         <v>676</v>
       </c>
-      <c r="B156" t="s">
+      <c r="C156" t="s">
         <v>677</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="D156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F156" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G156" t="s">
         <v>15</v>
       </c>
       <c r="H156">
         <v>1</v>
       </c>
       <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
+        <v>679</v>
+      </c>
+      <c r="B157" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="C157" t="s">
         <v>681</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>682</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F157" t="s">
-        <v>683</v>
+        <v>655</v>
       </c>
       <c r="G157" t="s">
         <v>15</v>
       </c>
       <c r="H157">
         <v>1</v>
       </c>
       <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
+        <v>683</v>
+      </c>
+      <c r="B158" t="s">
         <v>684</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="C158" t="s">
         <v>685</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>686</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F158" t="s">
-        <v>687</v>
+        <v>660</v>
       </c>
       <c r="G158" t="s">
         <v>15</v>
       </c>
       <c r="H158">
         <v>1</v>
       </c>
       <c r="I158" s="2"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
+        <v>687</v>
+      </c>
+      <c r="B159" t="s">
+        <v>642</v>
+      </c>
+      <c r="C159" t="s">
         <v>688</v>
       </c>
-      <c r="B159" t="s">
+      <c r="D159" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="C159" t="s">
+      <c r="E159" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F159" t="s">
         <v>690</v>
-      </c>
-[...7 lines deleted...]
-        <v>692</v>
       </c>
       <c r="G159" t="s">
         <v>15</v>
       </c>
       <c r="H159">
         <v>1</v>
       </c>
       <c r="I159" s="2"/>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
+        <v>691</v>
+      </c>
+      <c r="B160" t="s">
+        <v>647</v>
+      </c>
+      <c r="C160" t="s">
+        <v>692</v>
+      </c>
+      <c r="D160" s="2" t="s">
         <v>693</v>
       </c>
-      <c r="B160" t="s">
+      <c r="E160" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F160" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>697</v>
       </c>
       <c r="G160" t="s">
         <v>15</v>
       </c>
       <c r="H160">
         <v>1</v>
       </c>
       <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
+        <v>695</v>
+      </c>
+      <c r="B161" t="s">
+        <v>696</v>
+      </c>
+      <c r="C161" t="s">
+        <v>697</v>
+      </c>
+      <c r="D161" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="B161" t="s">
+      <c r="E161" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F161" t="s">
         <v>699</v>
-      </c>
-[...10 lines deleted...]
-        <v>702</v>
       </c>
       <c r="G161" t="s">
         <v>15</v>
       </c>
       <c r="H161">
         <v>1</v>
       </c>
       <c r="I161" s="2"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
+        <v>700</v>
+      </c>
+      <c r="B162" t="s">
+        <v>701</v>
+      </c>
+      <c r="C162" t="s">
+        <v>702</v>
+      </c>
+      <c r="D162" s="2" t="s">
         <v>703</v>
       </c>
-      <c r="B162" t="s">
+      <c r="E162" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F162" t="s">
         <v>704</v>
-      </c>
-[...10 lines deleted...]
-        <v>702</v>
       </c>
       <c r="G162" t="s">
         <v>15</v>
       </c>
       <c r="H162">
         <v>1</v>
       </c>
       <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
+        <v>705</v>
+      </c>
+      <c r="B163" t="s">
+        <v>706</v>
+      </c>
+      <c r="C163" t="s">
         <v>707</v>
       </c>
-      <c r="B163" t="s">
+      <c r="D163" s="2" t="s">
         <v>708</v>
       </c>
-      <c r="C163" t="s">
+      <c r="E163" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F163" t="s">
         <v>709</v>
-      </c>
-[...7 lines deleted...]
-        <v>711</v>
       </c>
       <c r="G163" t="s">
         <v>15</v>
       </c>
       <c r="H163">
         <v>1</v>
       </c>
       <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
+        <v>710</v>
+      </c>
+      <c r="B164" t="s">
+        <v>711</v>
+      </c>
+      <c r="C164" t="s">
         <v>712</v>
       </c>
-      <c r="B164" t="s">
+      <c r="D164" s="2" t="s">
         <v>713</v>
       </c>
-      <c r="C164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E164" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F164" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="G164" t="s">
         <v>15</v>
       </c>
       <c r="H164">
         <v>1</v>
       </c>
       <c r="I164" s="2"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
+        <v>714</v>
+      </c>
+      <c r="B165" t="s">
+        <v>715</v>
+      </c>
+      <c r="C165" t="s">
+        <v>716</v>
+      </c>
+      <c r="D165" s="2" t="s">
         <v>717</v>
       </c>
-      <c r="B165" t="s">
+      <c r="E165" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F165" t="s">
         <v>718</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
       <c r="G165" t="s">
         <v>15</v>
       </c>
       <c r="H165">
         <v>1</v>
       </c>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
+        <v>719</v>
+      </c>
+      <c r="B166" t="s">
+        <v>720</v>
+      </c>
+      <c r="C166" t="s">
+        <v>721</v>
+      </c>
+      <c r="D166" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="B166" t="s">
+      <c r="E166" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F166" t="s">
         <v>723</v>
-      </c>
-[...10 lines deleted...]
-        <v>726</v>
       </c>
       <c r="G166" t="s">
         <v>15</v>
       </c>
       <c r="H166">
         <v>1</v>
       </c>
       <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
+        <v>724</v>
+      </c>
+      <c r="B167" t="s">
+        <v>725</v>
+      </c>
+      <c r="C167" t="s">
+        <v>726</v>
+      </c>
+      <c r="D167" s="2" t="s">
         <v>727</v>
       </c>
-      <c r="B167" t="s">
+      <c r="E167" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F167" t="s">
         <v>728</v>
-      </c>
-[...10 lines deleted...]
-        <v>726</v>
       </c>
       <c r="G167" t="s">
         <v>15</v>
       </c>
       <c r="H167">
         <v>1</v>
       </c>
       <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
+        <v>729</v>
+      </c>
+      <c r="B168" t="s">
+        <v>730</v>
+      </c>
+      <c r="C168" t="s">
         <v>731</v>
       </c>
-      <c r="B168" t="s">
+      <c r="D168" s="2" t="s">
         <v>732</v>
       </c>
-      <c r="C168" t="s">
+      <c r="E168" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F168" t="s">
         <v>733</v>
-      </c>
-[...7 lines deleted...]
-        <v>735</v>
       </c>
       <c r="G168" t="s">
         <v>15</v>
       </c>
       <c r="H168">
         <v>1</v>
       </c>
       <c r="I168" s="2"/>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
+        <v>734</v>
+      </c>
+      <c r="B169" t="s">
+        <v>735</v>
+      </c>
+      <c r="C169" t="s">
         <v>736</v>
       </c>
-      <c r="B169" t="s">
+      <c r="D169" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="C169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E169" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F169" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="G169" t="s">
         <v>15</v>
       </c>
       <c r="H169">
         <v>1</v>
       </c>
       <c r="I169" s="2"/>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
+        <v>738</v>
+      </c>
+      <c r="B170" t="s">
+        <v>739</v>
+      </c>
+      <c r="C170" t="s">
+        <v>740</v>
+      </c>
+      <c r="D170" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="B170" t="s">
+      <c r="E170" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F170" t="s">
         <v>742</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
       <c r="G170" t="s">
         <v>15</v>
       </c>
       <c r="H170">
         <v>1</v>
       </c>
       <c r="I170" s="2"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
+        <v>743</v>
+      </c>
+      <c r="B171" t="s">
+        <v>744</v>
+      </c>
+      <c r="C171" t="s">
+        <v>745</v>
+      </c>
+      <c r="D171" s="2" t="s">
         <v>746</v>
       </c>
-      <c r="B171" t="s">
+      <c r="E171" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F171" t="s">
         <v>747</v>
-      </c>
-[...10 lines deleted...]
-        <v>750</v>
       </c>
       <c r="G171" t="s">
         <v>15</v>
       </c>
       <c r="H171">
         <v>1</v>
       </c>
       <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
+        <v>748</v>
+      </c>
+      <c r="B172" t="s">
+        <v>749</v>
+      </c>
+      <c r="C172" t="s">
+        <v>750</v>
+      </c>
+      <c r="D172" s="2" t="s">
         <v>751</v>
       </c>
-      <c r="B172" t="s">
+      <c r="E172" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F172" t="s">
         <v>752</v>
-      </c>
-[...10 lines deleted...]
-        <v>750</v>
       </c>
       <c r="G172" t="s">
         <v>15</v>
       </c>
       <c r="H172">
         <v>1</v>
       </c>
       <c r="I172" s="2"/>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
+        <v>753</v>
+      </c>
+      <c r="B173" t="s">
+        <v>754</v>
+      </c>
+      <c r="C173" t="s">
         <v>755</v>
       </c>
-      <c r="B173" t="s">
+      <c r="D173" s="2" t="s">
         <v>756</v>
       </c>
-      <c r="C173" t="s">
+      <c r="E173" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F173" t="s">
         <v>757</v>
-      </c>
-[...7 lines deleted...]
-        <v>759</v>
       </c>
       <c r="G173" t="s">
         <v>15</v>
       </c>
       <c r="H173">
         <v>1</v>
       </c>
       <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
+        <v>758</v>
+      </c>
+      <c r="B174" t="s">
+        <v>759</v>
+      </c>
+      <c r="C174" t="s">
         <v>760</v>
       </c>
-      <c r="B174" t="s">
+      <c r="D174" s="2" t="s">
         <v>761</v>
       </c>
-      <c r="C174" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F174" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="G174" t="s">
         <v>15</v>
       </c>
       <c r="H174">
         <v>1</v>
       </c>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
+        <v>762</v>
+      </c>
+      <c r="B175" t="s">
+        <v>763</v>
+      </c>
+      <c r="C175" t="s">
+        <v>764</v>
+      </c>
+      <c r="D175" s="2" t="s">
         <v>765</v>
       </c>
-      <c r="B175" t="s">
+      <c r="E175" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F175" t="s">
         <v>766</v>
-      </c>
-[...10 lines deleted...]
-        <v>764</v>
       </c>
       <c r="G175" t="s">
         <v>15</v>
       </c>
       <c r="H175">
         <v>1</v>
       </c>
       <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
+        <v>767</v>
+      </c>
+      <c r="B176" t="s">
+        <v>768</v>
+      </c>
+      <c r="C176" t="s">
         <v>769</v>
       </c>
-      <c r="B176" t="s">
+      <c r="D176" s="2" t="s">
         <v>770</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F176" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>773</v>
       </c>
       <c r="G176" t="s">
         <v>15</v>
       </c>
       <c r="H176">
         <v>1</v>
       </c>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
+        <v>772</v>
+      </c>
+      <c r="B177" t="s">
+        <v>773</v>
+      </c>
+      <c r="C177" t="s">
         <v>774</v>
       </c>
-      <c r="B177" t="s">
+      <c r="D177" s="2" t="s">
         <v>775</v>
       </c>
-      <c r="C177" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E177" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F177" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="G177" t="s">
         <v>15</v>
       </c>
       <c r="H177">
         <v>1</v>
       </c>
       <c r="I177" s="2"/>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
+        <v>776</v>
+      </c>
+      <c r="B178" t="s">
+        <v>777</v>
+      </c>
+      <c r="C178" t="s">
+        <v>778</v>
+      </c>
+      <c r="D178" s="2" t="s">
         <v>779</v>
       </c>
-      <c r="B178" t="s">
+      <c r="E178" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F178" t="s">
         <v>780</v>
-      </c>
-[...10 lines deleted...]
-        <v>778</v>
       </c>
       <c r="G178" t="s">
         <v>15</v>
       </c>
       <c r="H178">
         <v>1</v>
       </c>
       <c r="I178" s="2"/>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
+        <v>781</v>
+      </c>
+      <c r="B179" t="s">
+        <v>782</v>
+      </c>
+      <c r="C179" t="s">
         <v>783</v>
       </c>
-      <c r="B179" t="s">
+      <c r="D179" s="2" t="s">
         <v>784</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F179" t="s">
         <v>785</v>
-      </c>
-[...7 lines deleted...]
-        <v>787</v>
       </c>
       <c r="G179" t="s">
         <v>15</v>
       </c>
       <c r="H179">
         <v>1</v>
       </c>
       <c r="I179" s="2"/>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
+        <v>786</v>
+      </c>
+      <c r="B180" t="s">
+        <v>787</v>
+      </c>
+      <c r="C180" t="s">
         <v>788</v>
       </c>
-      <c r="B180" t="s">
+      <c r="D180" s="2" t="s">
         <v>789</v>
       </c>
-      <c r="C180" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E180" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F180" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="G180" t="s">
         <v>15</v>
       </c>
       <c r="H180">
         <v>1</v>
       </c>
       <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
+        <v>790</v>
+      </c>
+      <c r="B181" t="s">
+        <v>791</v>
+      </c>
+      <c r="C181" t="s">
+        <v>792</v>
+      </c>
+      <c r="D181" s="2" t="s">
         <v>793</v>
       </c>
-      <c r="B181" t="s">
+      <c r="E181" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F181" t="s">
         <v>794</v>
-      </c>
-[...10 lines deleted...]
-        <v>792</v>
       </c>
       <c r="G181" t="s">
         <v>15</v>
       </c>
       <c r="H181">
         <v>1</v>
       </c>
       <c r="I181" s="2"/>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
+        <v>795</v>
+      </c>
+      <c r="B182" t="s">
+        <v>796</v>
+      </c>
+      <c r="C182" t="s">
         <v>797</v>
       </c>
-      <c r="B182" t="s">
+      <c r="D182" s="2" t="s">
         <v>798</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F182" t="s">
         <v>799</v>
-      </c>
-[...7 lines deleted...]
-        <v>801</v>
       </c>
       <c r="G182" t="s">
         <v>15</v>
       </c>
       <c r="H182">
         <v>1</v>
       </c>
       <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
+        <v>800</v>
+      </c>
+      <c r="B183" t="s">
+        <v>801</v>
+      </c>
+      <c r="C183" t="s">
         <v>802</v>
       </c>
-      <c r="B183" t="s">
+      <c r="D183" s="2" t="s">
         <v>803</v>
       </c>
-      <c r="C183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F183" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="G183" t="s">
         <v>15</v>
       </c>
       <c r="H183">
         <v>1</v>
       </c>
       <c r="I183" s="2"/>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
+        <v>804</v>
+      </c>
+      <c r="B184" t="s">
+        <v>805</v>
+      </c>
+      <c r="C184" t="s">
+        <v>806</v>
+      </c>
+      <c r="D184" s="2" t="s">
         <v>807</v>
       </c>
-      <c r="B184" t="s">
+      <c r="E184" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F184" t="s">
         <v>808</v>
-      </c>
-[...10 lines deleted...]
-        <v>811</v>
       </c>
       <c r="G184" t="s">
         <v>15</v>
       </c>
       <c r="H184">
         <v>1</v>
       </c>
       <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
+        <v>809</v>
+      </c>
+      <c r="B185" t="s">
+        <v>810</v>
+      </c>
+      <c r="C185" t="s">
+        <v>811</v>
+      </c>
+      <c r="D185" s="2" t="s">
         <v>812</v>
       </c>
-      <c r="B185" t="s">
+      <c r="E185" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F185" t="s">
         <v>813</v>
-      </c>
-[...10 lines deleted...]
-        <v>692</v>
       </c>
       <c r="G185" t="s">
         <v>15</v>
       </c>
       <c r="H185">
         <v>1</v>
       </c>
       <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
+        <v>814</v>
+      </c>
+      <c r="B186" t="s">
+        <v>815</v>
+      </c>
+      <c r="C186" t="s">
         <v>816</v>
       </c>
-      <c r="B186" t="s">
+      <c r="D186" s="2" t="s">
         <v>817</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F186" t="s">
         <v>818</v>
-      </c>
-[...7 lines deleted...]
-        <v>820</v>
       </c>
       <c r="G186" t="s">
         <v>15</v>
       </c>
       <c r="H186">
         <v>1</v>
       </c>
       <c r="I186" s="2"/>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
+        <v>819</v>
+      </c>
+      <c r="B187" t="s">
+        <v>820</v>
+      </c>
+      <c r="C187" t="s">
         <v>821</v>
       </c>
-      <c r="B187" t="s">
+      <c r="D187" s="2" t="s">
         <v>822</v>
       </c>
-      <c r="C187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E187" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F187" t="s">
-        <v>820</v>
+        <v>699</v>
       </c>
       <c r="G187" t="s">
         <v>15</v>
       </c>
       <c r="H187">
         <v>1</v>
       </c>
       <c r="I187" s="2"/>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
+        <v>823</v>
+      </c>
+      <c r="B188" t="s">
+        <v>824</v>
+      </c>
+      <c r="C188" t="s">
         <v>825</v>
       </c>
-      <c r="B188" t="s">
+      <c r="D188" s="2" t="s">
         <v>826</v>
       </c>
-      <c r="C188" t="s">
+      <c r="E188" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F188" t="s">
         <v>827</v>
-      </c>
-[...7 lines deleted...]
-        <v>829</v>
       </c>
       <c r="G188" t="s">
         <v>15</v>
       </c>
       <c r="H188">
         <v>1</v>
       </c>
       <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
+        <v>828</v>
+      </c>
+      <c r="B189" t="s">
+        <v>829</v>
+      </c>
+      <c r="C189" t="s">
         <v>830</v>
       </c>
-      <c r="B189" t="s">
+      <c r="D189" s="2" t="s">
         <v>831</v>
       </c>
-      <c r="C189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E189" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F189" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="G189" t="s">
         <v>15</v>
       </c>
       <c r="H189">
         <v>1</v>
       </c>
       <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
+        <v>832</v>
+      </c>
+      <c r="B190" t="s">
+        <v>833</v>
+      </c>
+      <c r="C190" t="s">
+        <v>834</v>
+      </c>
+      <c r="D190" s="2" t="s">
         <v>835</v>
       </c>
-      <c r="B190" t="s">
+      <c r="E190" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F190" t="s">
         <v>836</v>
-      </c>
-[...10 lines deleted...]
-        <v>834</v>
       </c>
       <c r="G190" t="s">
         <v>15</v>
       </c>
       <c r="H190">
         <v>1</v>
       </c>
       <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
+        <v>837</v>
+      </c>
+      <c r="B191" t="s">
+        <v>838</v>
+      </c>
+      <c r="C191" t="s">
         <v>839</v>
       </c>
-      <c r="B191" t="s">
+      <c r="D191" s="2" t="s">
         <v>840</v>
       </c>
-      <c r="C191" t="s">
+      <c r="E191" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F191" t="s">
         <v>841</v>
-      </c>
-[...7 lines deleted...]
-        <v>843</v>
       </c>
       <c r="G191" t="s">
         <v>15</v>
       </c>
       <c r="H191">
         <v>1</v>
       </c>
       <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
+        <v>842</v>
+      </c>
+      <c r="B192" t="s">
+        <v>843</v>
+      </c>
+      <c r="C192" t="s">
         <v>844</v>
       </c>
-      <c r="B192" t="s">
+      <c r="D192" s="2" t="s">
         <v>845</v>
       </c>
-      <c r="C192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E192" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F192" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="G192" t="s">
         <v>15</v>
       </c>
       <c r="H192">
         <v>1</v>
       </c>
       <c r="I192" s="2"/>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
+        <v>846</v>
+      </c>
+      <c r="B193" t="s">
+        <v>847</v>
+      </c>
+      <c r="C193" t="s">
         <v>848</v>
       </c>
-      <c r="B193" t="s">
+      <c r="D193" s="2" t="s">
         <v>849</v>
       </c>
-      <c r="C193" t="s">
+      <c r="E193" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F193" t="s">
         <v>850</v>
-      </c>
-[...7 lines deleted...]
-        <v>843</v>
       </c>
       <c r="G193" t="s">
         <v>15</v>
       </c>
       <c r="H193">
         <v>1</v>
       </c>
       <c r="I193" s="2"/>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
+        <v>851</v>
+      </c>
+      <c r="B194" t="s">
         <v>852</v>
       </c>
-      <c r="B194" t="s">
+      <c r="C194" t="s">
         <v>853</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" s="2" t="s">
         <v>854</v>
       </c>
-      <c r="D194" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E194" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F194" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
       <c r="G194" t="s">
         <v>15</v>
       </c>
       <c r="H194">
         <v>1</v>
       </c>
       <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
+        <v>855</v>
+      </c>
+      <c r="B195" t="s">
+        <v>856</v>
+      </c>
+      <c r="C195" t="s">
         <v>857</v>
       </c>
-      <c r="B195" t="s">
+      <c r="D195" s="2" t="s">
         <v>858</v>
       </c>
-      <c r="C195" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E195" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F195" t="s">
-        <v>861</v>
+        <v>850</v>
       </c>
       <c r="G195" t="s">
         <v>15</v>
       </c>
       <c r="H195">
         <v>1</v>
       </c>
       <c r="I195" s="2"/>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
+        <v>859</v>
+      </c>
+      <c r="B196" t="s">
+        <v>860</v>
+      </c>
+      <c r="C196" t="s">
+        <v>861</v>
+      </c>
+      <c r="D196" s="2" t="s">
         <v>862</v>
       </c>
-      <c r="B196" t="s">
+      <c r="E196" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F196" t="s">
         <v>863</v>
-      </c>
-[...10 lines deleted...]
-        <v>866</v>
       </c>
       <c r="G196" t="s">
         <v>15</v>
       </c>
       <c r="H196">
         <v>1</v>
       </c>
       <c r="I196" s="2"/>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
+        <v>864</v>
+      </c>
+      <c r="B197" t="s">
+        <v>865</v>
+      </c>
+      <c r="C197" t="s">
+        <v>866</v>
+      </c>
+      <c r="D197" s="2" t="s">
         <v>867</v>
       </c>
-      <c r="B197" t="s">
+      <c r="E197" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F197" t="s">
         <v>868</v>
-      </c>
-[...10 lines deleted...]
-        <v>871</v>
       </c>
       <c r="G197" t="s">
         <v>15</v>
       </c>
       <c r="H197">
         <v>1</v>
       </c>
       <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
+        <v>869</v>
+      </c>
+      <c r="B198" t="s">
+        <v>870</v>
+      </c>
+      <c r="C198" t="s">
+        <v>871</v>
+      </c>
+      <c r="D198" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="B198" t="s">
+      <c r="E198" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F198" t="s">
         <v>873</v>
-      </c>
-[...10 lines deleted...]
-        <v>866</v>
       </c>
       <c r="G198" t="s">
         <v>15</v>
       </c>
       <c r="H198">
         <v>1</v>
       </c>
       <c r="I198" s="2"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
+        <v>874</v>
+      </c>
+      <c r="B199" t="s">
+        <v>875</v>
+      </c>
+      <c r="C199" t="s">
         <v>876</v>
       </c>
-      <c r="B199" t="s">
+      <c r="D199" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="C199" t="s">
+      <c r="E199" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F199" t="s">
         <v>878</v>
-      </c>
-[...7 lines deleted...]
-        <v>871</v>
       </c>
       <c r="G199" t="s">
         <v>15</v>
       </c>
       <c r="H199">
         <v>1</v>
       </c>
       <c r="I199" s="2"/>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
+        <v>879</v>
+      </c>
+      <c r="B200" t="s">
         <v>880</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>882</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F200" t="s">
-        <v>856</v>
+        <v>873</v>
       </c>
       <c r="G200" t="s">
         <v>15</v>
       </c>
       <c r="H200">
         <v>1</v>
       </c>
       <c r="I200" s="2"/>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
         <v>883</v>
       </c>
       <c r="B201" t="s">
         <v>884</v>
       </c>
-      <c r="C201" t="b">
-        <v>0</v>
+      <c r="C201" t="s">
+        <v>885</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F201" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="G201" t="s">
         <v>15</v>
       </c>
       <c r="H201">
         <v>1</v>
       </c>
       <c r="I201" s="2"/>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B202" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>887</v>
+        <v>888</v>
+      </c>
+      <c r="C202" t="b">
+        <v>0</v>
       </c>
       <c r="D202" s="2" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F202" t="s">
-        <v>843</v>
+        <v>863</v>
       </c>
       <c r="G202" t="s">
         <v>15</v>
       </c>
       <c r="H202">
         <v>1</v>
       </c>
       <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B203" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-        <v>890</v>
+        <v>891</v>
+      </c>
+      <c r="C203" t="b">
+        <v>0</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F203" t="s">
-        <v>843</v>
+        <v>878</v>
       </c>
       <c r="G203" t="s">
         <v>15</v>
       </c>
       <c r="H203">
         <v>1</v>
       </c>
       <c r="I203" s="2"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B204" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="C204" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D204" s="2" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F204" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="G204" t="s">
         <v>15</v>
       </c>
       <c r="H204">
         <v>1</v>
       </c>
       <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B205" t="s">
-        <v>896</v>
+        <v>865</v>
       </c>
       <c r="C205" t="s">
         <v>897</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>898</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F205" t="s">
-        <v>899</v>
+        <v>850</v>
       </c>
       <c r="G205" t="s">
         <v>15</v>
       </c>
       <c r="H205">
         <v>1</v>
       </c>
       <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
+        <v>899</v>
+      </c>
+      <c r="B206" t="s">
+        <v>870</v>
+      </c>
+      <c r="C206" t="s">
         <v>900</v>
       </c>
-      <c r="B206" t="s">
+      <c r="D206" s="2" t="s">
         <v>901</v>
       </c>
-      <c r="C206" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E206" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F206" t="s">
-        <v>899</v>
+        <v>850</v>
       </c>
       <c r="G206" t="s">
         <v>15</v>
       </c>
       <c r="H206">
         <v>1</v>
       </c>
       <c r="I206" s="2"/>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
+        <v>902</v>
+      </c>
+      <c r="B207" t="s">
+        <v>903</v>
+      </c>
+      <c r="C207" t="s">
         <v>904</v>
       </c>
-      <c r="B207" t="s">
+      <c r="D207" s="2" t="s">
         <v>905</v>
       </c>
-      <c r="C207" t="s">
+      <c r="E207" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F207" t="s">
         <v>906</v>
-      </c>
-[...7 lines deleted...]
-        <v>899</v>
       </c>
       <c r="G207" t="s">
         <v>15</v>
       </c>
       <c r="H207">
         <v>1</v>
       </c>
       <c r="I207" s="2"/>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
+        <v>907</v>
+      </c>
+      <c r="B208" t="s">
         <v>908</v>
       </c>
-      <c r="B208" t="s">
+      <c r="C208" t="s">
         <v>909</v>
       </c>
-      <c r="C208" t="s">
+      <c r="D208" s="2" t="s">
         <v>910</v>
       </c>
-      <c r="D208" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E208" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F208" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="G208" t="s">
         <v>15</v>
       </c>
       <c r="H208">
         <v>1</v>
       </c>
       <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
+        <v>911</v>
+      </c>
+      <c r="B209" t="s">
+        <v>912</v>
+      </c>
+      <c r="C209" t="s">
         <v>913</v>
       </c>
-      <c r="B209" t="s">
+      <c r="D209" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="C209" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E209" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F209" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="G209" t="s">
         <v>15</v>
       </c>
       <c r="H209">
         <v>1</v>
       </c>
       <c r="I209" s="2"/>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
+        <v>915</v>
+      </c>
+      <c r="B210" t="s">
+        <v>916</v>
+      </c>
+      <c r="C210" t="s">
         <v>917</v>
       </c>
-      <c r="B210" t="s">
+      <c r="D210" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="C210" t="s">
+      <c r="E210" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F210" t="s">
         <v>919</v>
-      </c>
-[...7 lines deleted...]
-        <v>912</v>
       </c>
       <c r="G210" t="s">
         <v>15</v>
       </c>
       <c r="H210">
         <v>1</v>
       </c>
       <c r="I210" s="2"/>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
+        <v>920</v>
+      </c>
+      <c r="B211" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
       <c r="C211" t="s">
         <v>922</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>923</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F211" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="G211" t="s">
         <v>15</v>
       </c>
       <c r="H211">
         <v>1</v>
       </c>
       <c r="I211" s="2"/>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
+        <v>924</v>
+      </c>
+      <c r="B212" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="C212" t="s">
         <v>926</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>927</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F212" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="G212" t="s">
         <v>15</v>
       </c>
       <c r="H212">
         <v>1</v>
       </c>
       <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
         <v>928</v>
       </c>
       <c r="B213" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="C213" t="s">
         <v>929</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>930</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F213" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="G213" t="s">
         <v>15</v>
       </c>
       <c r="H213">
         <v>1</v>
       </c>
       <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B214" t="s">
-        <v>932</v>
+        <v>921</v>
       </c>
       <c r="C214" t="s">
         <v>933</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>934</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F214" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="G214" t="s">
         <v>15</v>
       </c>
       <c r="H214">
         <v>1</v>
       </c>
       <c r="I214" s="2"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
+        <v>935</v>
+      </c>
+      <c r="B215" t="s">
+        <v>925</v>
+      </c>
+      <c r="C215" t="s">
         <v>936</v>
       </c>
-      <c r="B215" t="s">
+      <c r="D215" s="2" t="s">
         <v>937</v>
       </c>
-      <c r="C215" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E215" s="2" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F215" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="G215" t="s">
         <v>15</v>
       </c>
       <c r="H215">
         <v>1</v>
       </c>
       <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
+        <v>938</v>
+      </c>
+      <c r="B216" t="s">
+        <v>939</v>
+      </c>
+      <c r="C216" t="s">
         <v>940</v>
       </c>
-      <c r="B216" t="s">
+      <c r="D216" s="2" t="s">
         <v>941</v>
       </c>
-      <c r="C216" t="s">
+      <c r="E216" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F216" t="s">
         <v>942</v>
-      </c>
-[...7 lines deleted...]
-        <v>935</v>
       </c>
       <c r="G216" t="s">
         <v>15</v>
       </c>
       <c r="H216">
         <v>1</v>
       </c>
       <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
+        <v>943</v>
+      </c>
+      <c r="B217" t="s">
         <v>944</v>
       </c>
-      <c r="B217" t="s">
+      <c r="C217" t="s">
         <v>945</v>
       </c>
-      <c r="C217" t="s">
+      <c r="D217" s="2" t="s">
         <v>946</v>
       </c>
-      <c r="D217" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E217" s="2" t="s">
-        <v>948</v>
+        <v>472</v>
       </c>
       <c r="F217" t="s">
-        <v>509</v>
+        <v>942</v>
       </c>
       <c r="G217" t="s">
         <v>15</v>
       </c>
       <c r="H217">
         <v>1</v>
       </c>
-      <c r="I217" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I217" s="2"/>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
+        <v>947</v>
+      </c>
+      <c r="B218" t="s">
+        <v>948</v>
+      </c>
+      <c r="C218" t="s">
         <v>949</v>
       </c>
-      <c r="B218" t="s">
+      <c r="D218" s="2" t="s">
         <v>950</v>
       </c>
-      <c r="C218" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E218" s="2" t="s">
-        <v>948</v>
+        <v>472</v>
       </c>
       <c r="F218" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="G218" t="s">
         <v>15</v>
       </c>
       <c r="H218">
         <v>1</v>
       </c>
       <c r="I218" s="2"/>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
+        <v>951</v>
+      </c>
+      <c r="B219" t="s">
+        <v>952</v>
+      </c>
+      <c r="C219" t="s">
+        <v>953</v>
+      </c>
+      <c r="D219" s="2" t="s">
         <v>954</v>
       </c>
-      <c r="B219" t="s">
+      <c r="E219" s="2" t="s">
         <v>955</v>
       </c>
-      <c r="C219" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F219" t="s">
-        <v>958</v>
+        <v>516</v>
       </c>
       <c r="G219" t="s">
         <v>15</v>
       </c>
       <c r="H219">
         <v>1</v>
       </c>
-      <c r="I219" s="2"/>
+      <c r="I219" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
+        <v>956</v>
+      </c>
+      <c r="B220" t="s">
+        <v>957</v>
+      </c>
+      <c r="C220" t="s">
+        <v>958</v>
+      </c>
+      <c r="D220" s="2" t="s">
         <v>959</v>
       </c>
-      <c r="B220" t="s">
+      <c r="E220" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F220" t="s">
         <v>960</v>
-      </c>
-[...10 lines deleted...]
-        <v>963</v>
       </c>
       <c r="G220" t="s">
         <v>15</v>
       </c>
       <c r="H220">
         <v>1</v>
       </c>
       <c r="I220" s="2"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
+        <v>961</v>
+      </c>
+      <c r="B221" t="s">
+        <v>962</v>
+      </c>
+      <c r="C221" t="s">
+        <v>963</v>
+      </c>
+      <c r="D221" s="2" t="s">
         <v>964</v>
       </c>
-      <c r="B221" t="s">
+      <c r="E221" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F221" t="s">
         <v>965</v>
-      </c>
-[...10 lines deleted...]
-        <v>968</v>
       </c>
       <c r="G221" t="s">
         <v>15</v>
       </c>
       <c r="H221">
         <v>1</v>
       </c>
       <c r="I221" s="2"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
+        <v>966</v>
+      </c>
+      <c r="B222" t="s">
+        <v>967</v>
+      </c>
+      <c r="C222" t="s">
+        <v>968</v>
+      </c>
+      <c r="D222" s="2" t="s">
         <v>969</v>
       </c>
-      <c r="B222" t="s">
+      <c r="E222" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F222" t="s">
         <v>970</v>
-      </c>
-[...10 lines deleted...]
-        <v>968</v>
       </c>
       <c r="G222" t="s">
         <v>15</v>
       </c>
       <c r="H222">
         <v>1</v>
       </c>
       <c r="I222" s="2"/>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
+        <v>971</v>
+      </c>
+      <c r="B223" t="s">
+        <v>972</v>
+      </c>
+      <c r="C223" t="s">
         <v>973</v>
       </c>
-      <c r="B223" t="s">
+      <c r="D223" s="2" t="s">
         <v>974</v>
       </c>
-      <c r="C223" t="s">
+      <c r="E223" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F223" t="s">
         <v>975</v>
-      </c>
-[...7 lines deleted...]
-        <v>977</v>
       </c>
       <c r="G223" t="s">
         <v>15</v>
       </c>
       <c r="H223">
         <v>1</v>
       </c>
       <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
+        <v>976</v>
+      </c>
+      <c r="B224" t="s">
+        <v>977</v>
+      </c>
+      <c r="C224" t="s">
         <v>978</v>
       </c>
-      <c r="B224" t="s">
+      <c r="D224" s="2" t="s">
         <v>979</v>
       </c>
-      <c r="C224" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E224" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F224" t="s">
-        <v>489</v>
+        <v>975</v>
       </c>
       <c r="G224" t="s">
         <v>15</v>
       </c>
       <c r="H224">
         <v>1</v>
       </c>
       <c r="I224" s="2"/>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
+        <v>980</v>
+      </c>
+      <c r="B225" t="s">
+        <v>981</v>
+      </c>
+      <c r="C225" t="s">
         <v>982</v>
       </c>
-      <c r="B225" t="s">
+      <c r="D225" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="C225" t="s">
+      <c r="E225" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F225" t="s">
         <v>984</v>
-      </c>
-[...7 lines deleted...]
-        <v>489</v>
       </c>
       <c r="G225" t="s">
         <v>15</v>
       </c>
       <c r="H225">
         <v>1</v>
       </c>
       <c r="I225" s="2"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
+        <v>985</v>
+      </c>
+      <c r="B226" t="s">
         <v>986</v>
       </c>
-      <c r="B226" t="s">
+      <c r="C226" t="s">
         <v>987</v>
       </c>
-      <c r="C226" t="s">
+      <c r="D226" s="2" t="s">
         <v>988</v>
       </c>
-      <c r="D226" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E226" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F226" t="s">
-        <v>990</v>
+        <v>496</v>
       </c>
       <c r="G226" t="s">
         <v>15</v>
       </c>
       <c r="H226">
         <v>1</v>
       </c>
       <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
+        <v>989</v>
+      </c>
+      <c r="B227" t="s">
+        <v>990</v>
+      </c>
+      <c r="C227" t="s">
         <v>991</v>
       </c>
-      <c r="B227" t="s">
+      <c r="D227" s="2" t="s">
         <v>992</v>
       </c>
-      <c r="C227" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E227" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F227" t="s">
-        <v>995</v>
+        <v>496</v>
       </c>
       <c r="G227" t="s">
         <v>15</v>
       </c>
       <c r="H227">
         <v>1</v>
       </c>
       <c r="I227" s="2"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
+        <v>993</v>
+      </c>
+      <c r="B228" t="s">
+        <v>994</v>
+      </c>
+      <c r="C228" t="s">
+        <v>995</v>
+      </c>
+      <c r="D228" s="2" t="s">
         <v>996</v>
       </c>
-      <c r="B228" t="s">
-[...2 lines deleted...]
-      <c r="C228" t="s">
+      <c r="E228" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F228" t="s">
         <v>997</v>
-      </c>
-[...7 lines deleted...]
-        <v>995</v>
       </c>
       <c r="G228" t="s">
         <v>15</v>
       </c>
       <c r="H228">
         <v>1</v>
       </c>
       <c r="I228" s="2"/>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
+        <v>998</v>
+      </c>
+      <c r="B229" t="s">
         <v>999</v>
       </c>
-      <c r="B229" t="s">
+      <c r="C229" t="s">
         <v>1000</v>
       </c>
-      <c r="C229" t="s">
+      <c r="D229" s="2" t="s">
         <v>1001</v>
       </c>
-      <c r="D229" s="2" t="s">
+      <c r="E229" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F229" t="s">
         <v>1002</v>
-      </c>
-[...4 lines deleted...]
-        <v>958</v>
       </c>
       <c r="G229" t="s">
         <v>15</v>
       </c>
       <c r="H229">
         <v>1</v>
       </c>
       <c r="I229" s="2"/>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
         <v>1003</v>
       </c>
       <c r="B230" t="s">
+        <v>994</v>
+      </c>
+      <c r="C230" t="s">
         <v>1004</v>
       </c>
-      <c r="C230" t="s">
+      <c r="D230" s="2" t="s">
         <v>1005</v>
       </c>
-      <c r="D230" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E230" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F230" t="s">
-        <v>963</v>
+        <v>1002</v>
       </c>
       <c r="G230" t="s">
         <v>15</v>
       </c>
       <c r="H230">
         <v>1</v>
       </c>
       <c r="I230" s="2"/>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B231" t="s">
         <v>1007</v>
       </c>
-      <c r="B231" t="s">
+      <c r="C231" t="s">
         <v>1008</v>
       </c>
-      <c r="C231" t="s">
+      <c r="D231" s="2" t="s">
         <v>1009</v>
       </c>
-      <c r="D231" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F231" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="G231" t="s">
         <v>15</v>
       </c>
       <c r="H231">
         <v>1</v>
       </c>
       <c r="I231" s="2"/>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B232" t="s">
         <v>1011</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" t="s">
         <v>1012</v>
       </c>
-      <c r="C232" t="s">
+      <c r="D232" s="2" t="s">
         <v>1013</v>
       </c>
-      <c r="D232" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E232" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F232" t="s">
-        <v>1015</v>
+        <v>970</v>
       </c>
       <c r="G232" t="s">
         <v>15</v>
       </c>
       <c r="H232">
         <v>1</v>
       </c>
       <c r="I232" s="2"/>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C233" t="s">
         <v>1016</v>
       </c>
-      <c r="B233" t="s">
+      <c r="D233" s="2" t="s">
         <v>1017</v>
       </c>
-      <c r="C233" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E233" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F233" t="s">
-        <v>509</v>
+        <v>970</v>
       </c>
       <c r="G233" t="s">
         <v>15</v>
       </c>
       <c r="H233">
         <v>1</v>
       </c>
       <c r="I233" s="2"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C234" t="s">
         <v>1020</v>
       </c>
-      <c r="B234" t="s">
+      <c r="D234" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="C234" t="s">
+      <c r="E234" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F234" t="s">
         <v>1022</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="G234" t="s">
         <v>15</v>
       </c>
       <c r="H234">
         <v>1</v>
       </c>
       <c r="I234" s="2"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B235" t="s">
         <v>1024</v>
       </c>
-      <c r="B235" t="s">
+      <c r="C235" t="s">
         <v>1025</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" s="2" t="s">
         <v>1026</v>
       </c>
-      <c r="D235" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F235" t="s">
-        <v>1028</v>
+        <v>516</v>
       </c>
       <c r="G235" t="s">
         <v>15</v>
       </c>
       <c r="H235">
         <v>1</v>
       </c>
       <c r="I235" s="2"/>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C236" t="s">
         <v>1029</v>
       </c>
-      <c r="B236" t="s">
+      <c r="D236" s="2" t="s">
         <v>1030</v>
       </c>
-      <c r="C236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E236" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F236" t="s">
-        <v>1033</v>
+        <v>516</v>
       </c>
       <c r="G236" t="s">
         <v>15</v>
       </c>
       <c r="H236">
         <v>1</v>
       </c>
       <c r="I236" s="2"/>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D237" s="2" t="s">
         <v>1034</v>
       </c>
-      <c r="B237" t="s">
+      <c r="E237" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F237" t="s">
         <v>1035</v>
       </c>
-      <c r="C237" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G237" t="s">
         <v>15</v>
       </c>
       <c r="H237">
         <v>1</v>
       </c>
-      <c r="I237" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I237" s="2"/>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C238" t="s">
         <v>1038</v>
       </c>
-      <c r="B238" t="s">
+      <c r="D238" s="2" t="s">
         <v>1039</v>
       </c>
-      <c r="C238" t="s">
+      <c r="E238" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F238" t="s">
         <v>1040</v>
-      </c>
-[...7 lines deleted...]
-        <v>481</v>
       </c>
       <c r="G238" t="s">
         <v>15</v>
       </c>
       <c r="H238">
         <v>1</v>
       </c>
       <c r="I238" s="2"/>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B239" t="s">
         <v>1042</v>
       </c>
-      <c r="B239" t="s">
+      <c r="C239" t="s">
         <v>1043</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" s="2" t="s">
         <v>1044</v>
       </c>
-      <c r="D239" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E239" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F239" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="G239" t="s">
         <v>15</v>
       </c>
       <c r="H239">
         <v>1</v>
       </c>
-      <c r="I239" s="2"/>
+      <c r="I239" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C240" t="s">
         <v>1047</v>
       </c>
-      <c r="B240" t="s">
+      <c r="D240" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="C240" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E240" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F240" t="s">
-        <v>1046</v>
+        <v>488</v>
       </c>
       <c r="G240" t="s">
         <v>15</v>
       </c>
       <c r="H240">
         <v>1</v>
       </c>
       <c r="I240" s="2"/>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C241" t="s">
         <v>1051</v>
       </c>
-      <c r="B241" t="s">
+      <c r="D241" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="C241" t="s">
+      <c r="E241" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F241" t="s">
         <v>1053</v>
-      </c>
-[...7 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="G241" t="s">
         <v>15</v>
       </c>
       <c r="H241">
         <v>1</v>
       </c>
       <c r="I241" s="2"/>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C242" t="s">
         <v>1056</v>
       </c>
-      <c r="B242" t="s">
+      <c r="D242" s="2" t="s">
         <v>1057</v>
       </c>
-      <c r="C242" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E242" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F242" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="G242" t="s">
         <v>15</v>
       </c>
       <c r="H242">
         <v>1</v>
       </c>
       <c r="I242" s="2"/>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D243" s="2" t="s">
         <v>1061</v>
       </c>
-      <c r="B243" t="s">
+      <c r="E243" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F243" t="s">
         <v>1062</v>
-      </c>
-[...10 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="G243" t="s">
         <v>15</v>
       </c>
       <c r="H243">
         <v>1</v>
       </c>
       <c r="I243" s="2"/>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C244" t="s">
         <v>1065</v>
       </c>
-      <c r="B244" t="s">
+      <c r="D244" s="2" t="s">
         <v>1066</v>
       </c>
-      <c r="C244" t="s">
+      <c r="E244" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F244" t="s">
         <v>1067</v>
-      </c>
-[...7 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="G244" t="s">
         <v>15</v>
       </c>
       <c r="H244">
         <v>1</v>
       </c>
       <c r="I244" s="2"/>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C245" t="s">
         <v>1070</v>
       </c>
-      <c r="B245" t="s">
+      <c r="D245" s="2" t="s">
         <v>1071</v>
       </c>
-      <c r="C245" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E245" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F245" t="s">
-        <v>977</v>
+        <v>1067</v>
       </c>
       <c r="G245" t="s">
         <v>15</v>
       </c>
       <c r="H245">
         <v>1</v>
       </c>
       <c r="I245" s="2"/>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C246" t="s">
         <v>1074</v>
       </c>
-      <c r="B246" t="s">
+      <c r="D246" s="2" t="s">
         <v>1075</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E246" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F246" t="s">
         <v>1076</v>
-      </c>
-[...7 lines deleted...]
-        <v>977</v>
       </c>
       <c r="G246" t="s">
         <v>15</v>
       </c>
       <c r="H246">
         <v>1</v>
       </c>
       <c r="I246" s="2"/>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B247" t="s">
         <v>1078</v>
       </c>
-      <c r="B247" t="s">
+      <c r="C247" t="s">
         <v>1079</v>
       </c>
-      <c r="C247" t="s">
+      <c r="D247" s="2" t="s">
         <v>1080</v>
       </c>
-      <c r="D247" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E247" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F247" t="s">
-        <v>1082</v>
+        <v>984</v>
       </c>
       <c r="G247" t="s">
         <v>15</v>
       </c>
       <c r="H247">
         <v>1</v>
       </c>
       <c r="I247" s="2"/>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C248" t="s">
         <v>1083</v>
       </c>
-      <c r="B248" t="s">
+      <c r="D248" s="2" t="s">
         <v>1084</v>
       </c>
-      <c r="C248" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E248" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F248" t="s">
-        <v>1087</v>
+        <v>984</v>
       </c>
       <c r="G248" t="s">
         <v>15</v>
       </c>
       <c r="H248">
         <v>1</v>
       </c>
       <c r="I248" s="2"/>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D249" s="2" t="s">
         <v>1088</v>
       </c>
-      <c r="B249" t="s">
+      <c r="E249" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F249" t="s">
         <v>1089</v>
-      </c>
-[...10 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="G249" t="s">
         <v>15</v>
       </c>
       <c r="H249">
         <v>1</v>
       </c>
       <c r="I249" s="2"/>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C250" t="s">
         <v>1092</v>
       </c>
-      <c r="B250" t="s">
+      <c r="D250" s="2" t="s">
         <v>1093</v>
       </c>
-      <c r="C250" t="s">
+      <c r="E250" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F250" t="s">
         <v>1094</v>
-      </c>
-[...7 lines deleted...]
-        <v>1096</v>
       </c>
       <c r="G250" t="s">
         <v>15</v>
       </c>
       <c r="H250">
         <v>1</v>
       </c>
       <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C251" t="s">
         <v>1097</v>
       </c>
-      <c r="B251" t="s">
+      <c r="D251" s="2" t="s">
         <v>1098</v>
       </c>
-      <c r="C251" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E251" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F251" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
       <c r="G251" t="s">
         <v>15</v>
       </c>
       <c r="H251">
         <v>1</v>
       </c>
       <c r="I251" s="2"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D252" s="2" t="s">
         <v>1102</v>
       </c>
-      <c r="B252" t="s">
+      <c r="E252" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F252" t="s">
         <v>1103</v>
-      </c>
-[...10 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="G252" t="s">
         <v>15</v>
       </c>
       <c r="H252">
         <v>1</v>
       </c>
       <c r="I252" s="2"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C253" t="s">
         <v>1106</v>
       </c>
-      <c r="B253" t="s">
+      <c r="D253" s="2" t="s">
         <v>1107</v>
       </c>
-      <c r="C253" t="s">
+      <c r="E253" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F253" t="s">
         <v>1108</v>
-      </c>
-[...7 lines deleted...]
-        <v>1110</v>
       </c>
       <c r="G253" t="s">
         <v>15</v>
       </c>
       <c r="H253">
         <v>1</v>
       </c>
       <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C254" t="s">
         <v>1111</v>
       </c>
-      <c r="B254" t="s">
+      <c r="D254" s="2" t="s">
         <v>1112</v>
       </c>
-      <c r="C254" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E254" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F254" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="G254" t="s">
         <v>15</v>
       </c>
       <c r="H254">
         <v>1</v>
       </c>
       <c r="I254" s="2"/>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D255" s="2" t="s">
         <v>1116</v>
       </c>
-      <c r="B255" t="s">
+      <c r="E255" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F255" t="s">
         <v>1117</v>
-      </c>
-[...10 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="G255" t="s">
         <v>15</v>
       </c>
       <c r="H255">
         <v>1</v>
       </c>
       <c r="I255" s="2"/>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C256" t="s">
         <v>1120</v>
       </c>
-      <c r="B256" t="s">
+      <c r="D256" s="2" t="s">
         <v>1121</v>
       </c>
-      <c r="C256" t="s">
+      <c r="E256" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F256" t="s">
         <v>1122</v>
-      </c>
-[...7 lines deleted...]
-        <v>1124</v>
       </c>
       <c r="G256" t="s">
         <v>15</v>
       </c>
       <c r="H256">
         <v>1</v>
       </c>
       <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C257" t="s">
         <v>1125</v>
       </c>
-      <c r="B257" t="s">
+      <c r="D257" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="C257" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E257" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F257" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="G257" t="s">
         <v>15</v>
       </c>
       <c r="H257">
         <v>1</v>
       </c>
       <c r="I257" s="2"/>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D258" s="2" t="s">
         <v>1130</v>
       </c>
-      <c r="B258" t="s">
+      <c r="E258" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F258" t="s">
         <v>1131</v>
-      </c>
-[...10 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="G258" t="s">
         <v>15</v>
       </c>
       <c r="H258">
         <v>1</v>
       </c>
       <c r="I258" s="2"/>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D259" s="2" t="s">
         <v>1135</v>
       </c>
-      <c r="B259" t="s">
+      <c r="E259" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F259" t="s">
         <v>1136</v>
-      </c>
-[...10 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="G259" t="s">
         <v>15</v>
       </c>
       <c r="H259">
         <v>1</v>
       </c>
       <c r="I259" s="2"/>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D260" s="2" t="s">
         <v>1140</v>
       </c>
-      <c r="B260" t="s">
+      <c r="E260" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F260" t="s">
         <v>1141</v>
-      </c>
-[...10 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="G260" t="s">
         <v>15</v>
       </c>
       <c r="H260">
         <v>1</v>
       </c>
       <c r="I260" s="2"/>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D261" s="2" t="s">
         <v>1145</v>
       </c>
-      <c r="B261" t="s">
+      <c r="E261" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F261" t="s">
         <v>1146</v>
-      </c>
-[...10 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="G261" t="s">
         <v>15</v>
       </c>
       <c r="H261">
         <v>1</v>
       </c>
       <c r="I261" s="2"/>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D262" s="2" t="s">
         <v>1150</v>
       </c>
-      <c r="B262" t="s">
+      <c r="E262" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F262" t="s">
         <v>1151</v>
-      </c>
-[...10 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="G262" t="s">
         <v>15</v>
       </c>
       <c r="H262">
         <v>1</v>
       </c>
       <c r="I262" s="2"/>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D263" s="2" t="s">
         <v>1155</v>
       </c>
-      <c r="B263" t="s">
+      <c r="E263" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F263" t="s">
         <v>1156</v>
-      </c>
-[...10 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="G263" t="s">
         <v>15</v>
       </c>
       <c r="H263">
         <v>1</v>
       </c>
       <c r="I263" s="2"/>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D264" s="2" t="s">
         <v>1160</v>
       </c>
-      <c r="B264" t="s">
+      <c r="E264" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F264" t="s">
         <v>1161</v>
-      </c>
-[...10 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="G264" t="s">
         <v>15</v>
       </c>
       <c r="H264">
         <v>1</v>
       </c>
       <c r="I264" s="2"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C265" t="s">
         <v>1164</v>
       </c>
-      <c r="B265" t="s">
+      <c r="D265" s="2" t="s">
         <v>1165</v>
       </c>
-      <c r="C265" t="s">
+      <c r="E265" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F265" t="s">
         <v>1166</v>
-      </c>
-[...7 lines deleted...]
-        <v>1168</v>
       </c>
       <c r="G265" t="s">
         <v>15</v>
       </c>
       <c r="H265">
         <v>1</v>
       </c>
       <c r="I265" s="2"/>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C266" t="s">
         <v>1169</v>
       </c>
-      <c r="B266" t="s">
+      <c r="D266" s="2" t="s">
         <v>1170</v>
       </c>
-      <c r="C266" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E266" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F266" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="G266" t="s">
         <v>15</v>
       </c>
       <c r="H266">
         <v>1</v>
       </c>
       <c r="I266" s="2"/>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D267" s="2" t="s">
         <v>1174</v>
       </c>
-      <c r="B267" t="s">
+      <c r="E267" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F267" t="s">
         <v>1175</v>
-      </c>
-[...10 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="G267" t="s">
         <v>15</v>
       </c>
       <c r="H267">
         <v>1</v>
       </c>
       <c r="I267" s="2"/>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C268" t="s">
         <v>1178</v>
       </c>
-      <c r="B268" t="s">
+      <c r="D268" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="C268" t="s">
+      <c r="E268" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F268" t="s">
         <v>1180</v>
-      </c>
-[...7 lines deleted...]
-        <v>977</v>
       </c>
       <c r="G268" t="s">
         <v>15</v>
       </c>
       <c r="H268">
         <v>1</v>
       </c>
       <c r="I268" s="2"/>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B269" t="s">
         <v>1182</v>
       </c>
-      <c r="B269" t="s">
+      <c r="C269" t="s">
         <v>1183</v>
       </c>
-      <c r="C269" t="s">
+      <c r="D269" s="2" t="s">
         <v>1184</v>
       </c>
-      <c r="D269" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E269" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F269" t="s">
-        <v>489</v>
+        <v>1180</v>
       </c>
       <c r="G269" t="s">
         <v>15</v>
       </c>
       <c r="H269">
         <v>1</v>
       </c>
       <c r="I269" s="2"/>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B270" t="s">
         <v>1186</v>
       </c>
-      <c r="B270" t="s">
+      <c r="C270" t="s">
         <v>1187</v>
       </c>
-      <c r="C270" t="s">
+      <c r="D270" s="2" t="s">
         <v>1188</v>
       </c>
-      <c r="D270" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F270" t="s">
-        <v>489</v>
+        <v>984</v>
       </c>
       <c r="G270" t="s">
         <v>15</v>
       </c>
       <c r="H270">
         <v>1</v>
       </c>
       <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B271" t="s">
         <v>1190</v>
       </c>
-      <c r="B271" t="s">
+      <c r="C271" t="s">
         <v>1191</v>
       </c>
-      <c r="C271" t="s">
+      <c r="D271" s="2" t="s">
         <v>1192</v>
       </c>
-      <c r="D271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E271" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F271" t="s">
-        <v>1087</v>
+        <v>496</v>
       </c>
       <c r="G271" t="s">
         <v>15</v>
       </c>
       <c r="H271">
         <v>1</v>
       </c>
       <c r="I271" s="2"/>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B272" t="s">
         <v>1194</v>
       </c>
-      <c r="B272" t="s">
+      <c r="C272" t="s">
         <v>1195</v>
       </c>
-      <c r="C272" t="s">
+      <c r="D272" s="2" t="s">
         <v>1196</v>
       </c>
-      <c r="D272" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F272" t="s">
-        <v>1198</v>
+        <v>496</v>
       </c>
       <c r="G272" t="s">
         <v>15</v>
       </c>
       <c r="H272">
         <v>1</v>
       </c>
       <c r="I272" s="2"/>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C273" t="s">
         <v>1199</v>
       </c>
-      <c r="B273" t="s">
+      <c r="D273" s="2" t="s">
         <v>1200</v>
       </c>
-      <c r="C273" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E273" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F273" t="s">
-        <v>1198</v>
+        <v>1094</v>
       </c>
       <c r="G273" t="s">
         <v>15</v>
       </c>
       <c r="H273">
         <v>1</v>
       </c>
       <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C274" t="s">
         <v>1203</v>
       </c>
-      <c r="B274" t="s">
+      <c r="D274" s="2" t="s">
         <v>1204</v>
       </c>
-      <c r="C274" t="s">
+      <c r="E274" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F274" t="s">
         <v>1205</v>
-      </c>
-[...7 lines deleted...]
-        <v>557</v>
       </c>
       <c r="G274" t="s">
         <v>15</v>
       </c>
       <c r="H274">
         <v>1</v>
       </c>
       <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B275" t="s">
         <v>1207</v>
       </c>
-      <c r="B275" t="s">
+      <c r="C275" t="s">
         <v>1208</v>
       </c>
-      <c r="C275" t="s">
+      <c r="D275" s="2" t="s">
         <v>1209</v>
       </c>
-      <c r="D275" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E275" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F275" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="G275" t="s">
         <v>15</v>
       </c>
       <c r="H275">
         <v>1</v>
       </c>
       <c r="I275" s="2"/>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C276" t="s">
         <v>1212</v>
       </c>
-      <c r="B276" t="s">
+      <c r="D276" s="2" t="s">
         <v>1213</v>
       </c>
-      <c r="C276" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E276" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F276" t="s">
-        <v>1216</v>
+        <v>564</v>
       </c>
       <c r="G276" t="s">
         <v>15</v>
       </c>
       <c r="H276">
         <v>1</v>
       </c>
       <c r="I276" s="2"/>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D277" s="2" t="s">
         <v>1217</v>
       </c>
-      <c r="B277" t="s">
+      <c r="E277" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F277" t="s">
         <v>1218</v>
-      </c>
-[...10 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="G277" t="s">
         <v>15</v>
       </c>
       <c r="H277">
         <v>1</v>
       </c>
       <c r="I277" s="2"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D278" s="2" t="s">
         <v>1222</v>
       </c>
-      <c r="B278" t="s">
+      <c r="E278" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F278" t="s">
         <v>1223</v>
-      </c>
-[...10 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="G278" t="s">
         <v>15</v>
       </c>
       <c r="H278">
         <v>1</v>
       </c>
       <c r="I278" s="2"/>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C279" t="s">
         <v>1226</v>
       </c>
-      <c r="B279" t="s">
+      <c r="D279" s="2" t="s">
         <v>1227</v>
       </c>
-      <c r="C279" t="s">
+      <c r="E279" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F279" t="s">
         <v>1228</v>
-      </c>
-[...7 lines deleted...]
-        <v>1230</v>
       </c>
       <c r="G279" t="s">
         <v>15</v>
       </c>
       <c r="H279">
         <v>1</v>
       </c>
       <c r="I279" s="2"/>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C280" t="s">
         <v>1231</v>
       </c>
-      <c r="B280" t="s">
+      <c r="D280" s="2" t="s">
         <v>1232</v>
       </c>
-      <c r="C280" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E280" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F280" t="s">
-        <v>1235</v>
+        <v>1228</v>
       </c>
       <c r="G280" t="s">
         <v>15</v>
       </c>
       <c r="H280">
         <v>1</v>
       </c>
       <c r="I280" s="2"/>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D281" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="B281" t="s">
+      <c r="E281" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F281" t="s">
         <v>1237</v>
-      </c>
-[...10 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="G281" t="s">
         <v>15</v>
       </c>
       <c r="H281">
         <v>1</v>
       </c>
       <c r="I281" s="2"/>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C282" t="s">
         <v>1240</v>
       </c>
-      <c r="B282" t="s">
+      <c r="D282" s="2" t="s">
         <v>1241</v>
       </c>
-      <c r="C282" t="s">
+      <c r="E282" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F282" t="s">
         <v>1242</v>
-      </c>
-[...7 lines deleted...]
-        <v>1230</v>
       </c>
       <c r="G282" t="s">
         <v>15</v>
       </c>
       <c r="H282">
         <v>1</v>
       </c>
       <c r="I282" s="2"/>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B283" t="s">
         <v>1244</v>
       </c>
-      <c r="B283" t="s">
+      <c r="C283" t="s">
         <v>1245</v>
       </c>
-      <c r="C283" t="s">
+      <c r="D283" s="2" t="s">
         <v>1246</v>
       </c>
-      <c r="D283" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E283" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F283" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
       <c r="G283" t="s">
         <v>15</v>
       </c>
       <c r="H283">
         <v>1</v>
       </c>
       <c r="I283" s="2"/>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B284" t="s">
         <v>1248</v>
       </c>
-      <c r="B284" t="s">
+      <c r="C284" t="s">
         <v>1249</v>
       </c>
-      <c r="C284" t="s">
+      <c r="D284" s="2" t="s">
         <v>1250</v>
       </c>
-      <c r="D284" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E284" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F284" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="G284" t="s">
         <v>15</v>
       </c>
       <c r="H284">
         <v>1</v>
       </c>
       <c r="I284" s="2"/>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B285" t="s">
         <v>1252</v>
       </c>
-      <c r="B285" t="s">
+      <c r="C285" t="s">
         <v>1253</v>
       </c>
-      <c r="C285" t="s">
+      <c r="D285" s="2" t="s">
         <v>1254</v>
       </c>
-      <c r="D285" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E285" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F285" t="s">
-        <v>1256</v>
+        <v>1237</v>
       </c>
       <c r="G285" t="s">
         <v>15</v>
       </c>
       <c r="H285">
         <v>1</v>
       </c>
       <c r="I285" s="2"/>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C286" t="s">
         <v>1257</v>
       </c>
-      <c r="B286" t="s">
+      <c r="D286" s="2" t="s">
         <v>1258</v>
       </c>
-      <c r="C286" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E286" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F286" t="s">
-        <v>1256</v>
+        <v>1237</v>
       </c>
       <c r="G286" t="s">
         <v>15</v>
       </c>
       <c r="H286">
         <v>1</v>
       </c>
       <c r="I286" s="2"/>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C287" t="s">
         <v>1261</v>
       </c>
-      <c r="B287" t="s">
+      <c r="D287" s="2" t="s">
         <v>1262</v>
       </c>
-      <c r="C287" t="s">
+      <c r="E287" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F287" t="s">
         <v>1263</v>
-      </c>
-[...7 lines deleted...]
-        <v>1256</v>
       </c>
       <c r="G287" t="s">
         <v>15</v>
       </c>
       <c r="H287">
         <v>1</v>
       </c>
       <c r="I287" s="2"/>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B288" t="s">
         <v>1265</v>
       </c>
-      <c r="B288" t="s">
+      <c r="C288" t="s">
         <v>1266</v>
       </c>
-      <c r="C288" t="s">
+      <c r="D288" s="2" t="s">
         <v>1267</v>
       </c>
-      <c r="D288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E288" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F288" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="G288" t="s">
         <v>15</v>
       </c>
       <c r="H288">
         <v>1</v>
       </c>
       <c r="I288" s="2"/>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C289" t="s">
         <v>1270</v>
       </c>
-      <c r="B289" t="s">
+      <c r="D289" s="2" t="s">
         <v>1271</v>
       </c>
-      <c r="C289" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E289" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F289" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="G289" t="s">
         <v>15</v>
       </c>
       <c r="H289">
         <v>1</v>
       </c>
       <c r="I289" s="2"/>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C290" t="s">
         <v>1274</v>
       </c>
-      <c r="B290" t="s">
+      <c r="D290" s="2" t="s">
         <v>1275</v>
       </c>
-      <c r="C290" t="s">
+      <c r="E290" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F290" t="s">
         <v>1276</v>
-      </c>
-[...7 lines deleted...]
-        <v>1269</v>
       </c>
       <c r="G290" t="s">
         <v>15</v>
       </c>
       <c r="H290">
         <v>1</v>
       </c>
       <c r="I290" s="2"/>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B291" t="s">
         <v>1278</v>
       </c>
-      <c r="B291" t="s">
+      <c r="C291" t="s">
         <v>1279</v>
       </c>
-      <c r="C291" t="s">
+      <c r="D291" s="2" t="s">
         <v>1280</v>
       </c>
-      <c r="D291" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E291" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F291" t="s">
-        <v>1282</v>
+        <v>1276</v>
       </c>
       <c r="G291" t="s">
         <v>15</v>
       </c>
       <c r="H291">
         <v>1</v>
       </c>
       <c r="I291" s="2"/>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C292" t="s">
         <v>1283</v>
       </c>
-      <c r="B292" t="s">
+      <c r="D292" s="2" t="s">
         <v>1284</v>
       </c>
-      <c r="C292" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E292" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F292" t="s">
-        <v>1287</v>
+        <v>1276</v>
       </c>
       <c r="G292" t="s">
         <v>15</v>
       </c>
       <c r="H292">
         <v>1</v>
       </c>
       <c r="I292" s="2"/>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D293" s="2" t="s">
         <v>1288</v>
       </c>
-      <c r="B293" t="s">
+      <c r="E293" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F293" t="s">
         <v>1289</v>
-      </c>
-[...10 lines deleted...]
-        <v>1287</v>
       </c>
       <c r="G293" t="s">
         <v>15</v>
       </c>
       <c r="H293">
         <v>1</v>
       </c>
       <c r="I293" s="2"/>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C294" t="s">
         <v>1292</v>
       </c>
-      <c r="B294" t="s">
+      <c r="D294" s="2" t="s">
         <v>1293</v>
       </c>
-      <c r="C294" t="s">
+      <c r="E294" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F294" t="s">
         <v>1294</v>
-      </c>
-[...7 lines deleted...]
-        <v>595</v>
       </c>
       <c r="G294" t="s">
         <v>15</v>
       </c>
       <c r="H294">
         <v>1</v>
       </c>
       <c r="I294" s="2"/>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B295" t="s">
         <v>1296</v>
       </c>
-      <c r="B295" t="s">
+      <c r="C295" t="s">
         <v>1297</v>
       </c>
-      <c r="C295" t="s">
+      <c r="D295" s="2" t="s">
         <v>1298</v>
       </c>
-      <c r="D295" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E295" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F295" t="s">
-        <v>1300</v>
+        <v>1294</v>
       </c>
       <c r="G295" t="s">
         <v>15</v>
       </c>
       <c r="H295">
         <v>1</v>
       </c>
       <c r="I295" s="2"/>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C296" t="s">
         <v>1301</v>
       </c>
-      <c r="B296" t="s">
+      <c r="D296" s="2" t="s">
         <v>1302</v>
       </c>
-      <c r="C296" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E296" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F296" t="s">
-        <v>1300</v>
+        <v>602</v>
       </c>
       <c r="G296" t="s">
         <v>15</v>
       </c>
       <c r="H296">
         <v>1</v>
       </c>
       <c r="I296" s="2"/>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C297" t="s">
         <v>1305</v>
       </c>
-      <c r="B297" t="s">
+      <c r="D297" s="2" t="s">
         <v>1306</v>
       </c>
-      <c r="C297" t="s">
+      <c r="E297" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F297" t="s">
         <v>1307</v>
-      </c>
-[...7 lines deleted...]
-        <v>1309</v>
       </c>
       <c r="G297" t="s">
         <v>15</v>
       </c>
       <c r="H297">
         <v>1</v>
       </c>
       <c r="I297" s="2"/>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C298" t="s">
         <v>1310</v>
       </c>
-      <c r="B298" t="s">
+      <c r="D298" s="2" t="s">
         <v>1311</v>
       </c>
-      <c r="C298" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E298" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F298" t="s">
-        <v>1314</v>
+        <v>1307</v>
       </c>
       <c r="G298" t="s">
         <v>15</v>
       </c>
       <c r="H298">
         <v>1</v>
       </c>
       <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D299" s="2" t="s">
         <v>1315</v>
       </c>
-      <c r="B299" t="s">
+      <c r="E299" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F299" t="s">
         <v>1316</v>
       </c>
-      <c r="C299" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G299" t="s">
         <v>15</v>
       </c>
       <c r="H299">
         <v>1</v>
       </c>
-      <c r="I299" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I299" s="2"/>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D300" s="2" t="s">
         <v>1320</v>
       </c>
-      <c r="B300" t="s">
+      <c r="E300" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F300" t="s">
         <v>1321</v>
-      </c>
-[...10 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="G300" t="s">
         <v>15</v>
       </c>
       <c r="H300">
         <v>1</v>
       </c>
       <c r="I300" s="2"/>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D301" s="2" t="s">
         <v>1325</v>
       </c>
-      <c r="B301" t="s">
+      <c r="E301" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F301" t="s">
         <v>1326</v>
       </c>
-      <c r="C301" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G301" t="s">
         <v>15</v>
       </c>
       <c r="H301">
         <v>1</v>
       </c>
-      <c r="I301" s="2"/>
+      <c r="I301" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D302" s="2" t="s">
         <v>1330</v>
       </c>
-      <c r="B302" t="s">
+      <c r="E302" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F302" t="s">
         <v>1331</v>
       </c>
-      <c r="C302" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G302" t="s">
         <v>15</v>
       </c>
       <c r="H302">
         <v>1</v>
       </c>
-      <c r="I302" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I302" s="2"/>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D303" s="2" t="s">
         <v>1335</v>
       </c>
-      <c r="B303" t="s">
+      <c r="E303" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F303" t="s">
         <v>1336</v>
-      </c>
-[...10 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="G303" t="s">
         <v>15</v>
       </c>
       <c r="H303">
         <v>1</v>
       </c>
       <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D304" s="2" t="s">
         <v>1340</v>
       </c>
-      <c r="B304" t="s">
+      <c r="E304" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F304" t="s">
         <v>1341</v>
       </c>
-      <c r="C304" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G304" t="s">
         <v>15</v>
       </c>
       <c r="H304">
         <v>1</v>
       </c>
-      <c r="I304" s="2"/>
+      <c r="I304" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D305" s="2" t="s">
         <v>1345</v>
       </c>
-      <c r="B305" t="s">
+      <c r="E305" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F305" t="s">
         <v>1346</v>
-      </c>
-[...10 lines deleted...]
-        <v>1349</v>
       </c>
       <c r="G305" t="s">
         <v>15</v>
       </c>
       <c r="H305">
         <v>1</v>
       </c>
       <c r="I305" s="2"/>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D306" s="2" t="s">
         <v>1350</v>
       </c>
-      <c r="B306" t="s">
+      <c r="E306" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F306" t="s">
         <v>1351</v>
-      </c>
-[...10 lines deleted...]
-        <v>481</v>
       </c>
       <c r="G306" t="s">
         <v>15</v>
       </c>
       <c r="H306">
         <v>1</v>
       </c>
       <c r="I306" s="2"/>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C307" t="s">
         <v>1354</v>
       </c>
-      <c r="B307" t="s">
+      <c r="D307" s="2" t="s">
         <v>1355</v>
       </c>
-      <c r="C307" t="s">
+      <c r="E307" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F307" t="s">
         <v>1356</v>
-      </c>
-[...7 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="G307" t="s">
         <v>15</v>
       </c>
       <c r="H307">
         <v>1</v>
       </c>
       <c r="I307" s="2"/>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B308" t="s">
         <v>1358</v>
       </c>
-      <c r="B308" t="s">
+      <c r="C308" t="s">
         <v>1359</v>
       </c>
-      <c r="C308" t="s">
+      <c r="D308" s="2" t="s">
         <v>1360</v>
       </c>
-      <c r="D308" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E308" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F308" t="s">
-        <v>1344</v>
+        <v>488</v>
       </c>
       <c r="G308" t="s">
         <v>15</v>
       </c>
       <c r="H308">
         <v>1</v>
       </c>
       <c r="I308" s="2"/>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B309" t="s">
         <v>1362</v>
       </c>
-      <c r="B309" t="s">
+      <c r="C309" t="s">
         <v>1363</v>
       </c>
-      <c r="C309" t="s">
+      <c r="D309" s="2" t="s">
         <v>1364</v>
       </c>
-      <c r="D309" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E309" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F309" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="G309" t="s">
         <v>15</v>
       </c>
       <c r="H309">
         <v>1</v>
       </c>
       <c r="I309" s="2"/>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B310" t="s">
         <v>1366</v>
       </c>
-      <c r="B310" t="s">
+      <c r="C310" t="s">
         <v>1367</v>
       </c>
-      <c r="C310" t="s">
+      <c r="D310" s="2" t="s">
         <v>1368</v>
       </c>
-      <c r="D310" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E310" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F310" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="G310" t="s">
         <v>15</v>
       </c>
       <c r="H310">
         <v>1</v>
       </c>
       <c r="I310" s="2"/>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B311" t="s">
         <v>1370</v>
       </c>
-      <c r="B311" t="s">
+      <c r="C311" t="s">
         <v>1371</v>
       </c>
-      <c r="C311" t="s">
+      <c r="D311" s="2" t="s">
         <v>1372</v>
       </c>
-      <c r="D311" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E311" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F311" t="s">
-        <v>1374</v>
+        <v>1346</v>
       </c>
       <c r="G311" t="s">
         <v>15</v>
       </c>
       <c r="H311">
         <v>1</v>
       </c>
       <c r="I311" s="2"/>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C312" t="s">
         <v>1375</v>
       </c>
-      <c r="B312" t="s">
+      <c r="D312" s="2" t="s">
         <v>1376</v>
       </c>
-      <c r="C312" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E312" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F312" t="s">
-        <v>1379</v>
+        <v>1351</v>
       </c>
       <c r="G312" t="s">
         <v>15</v>
       </c>
       <c r="H312">
         <v>1</v>
       </c>
       <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D313" s="2" t="s">
         <v>1380</v>
       </c>
-      <c r="B313" t="s">
+      <c r="E313" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F313" t="s">
         <v>1381</v>
-      </c>
-[...10 lines deleted...]
-        <v>1384</v>
       </c>
       <c r="G313" t="s">
         <v>15</v>
       </c>
       <c r="H313">
         <v>1</v>
       </c>
       <c r="I313" s="2"/>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D314" s="2" t="s">
         <v>1385</v>
       </c>
-      <c r="B314" t="s">
+      <c r="E314" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F314" t="s">
         <v>1386</v>
-      </c>
-[...10 lines deleted...]
-        <v>1389</v>
       </c>
       <c r="G314" t="s">
         <v>15</v>
       </c>
       <c r="H314">
         <v>1</v>
       </c>
       <c r="I314" s="2"/>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D315" s="2" t="s">
         <v>1390</v>
       </c>
-      <c r="B315" t="s">
+      <c r="E315" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F315" t="s">
         <v>1391</v>
-      </c>
-[...10 lines deleted...]
-        <v>1394</v>
       </c>
       <c r="G315" t="s">
         <v>15</v>
       </c>
       <c r="H315">
         <v>1</v>
       </c>
       <c r="I315" s="2"/>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D316" s="2" t="s">
         <v>1395</v>
       </c>
-      <c r="B316" t="s">
+      <c r="E316" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F316" t="s">
         <v>1396</v>
-      </c>
-[...10 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="G316" t="s">
         <v>15</v>
       </c>
       <c r="H316">
         <v>1</v>
       </c>
       <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D317" s="2" t="s">
         <v>1400</v>
       </c>
-      <c r="B317" t="s">
+      <c r="E317" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F317" t="s">
         <v>1401</v>
-      </c>
-[...10 lines deleted...]
-        <v>1404</v>
       </c>
       <c r="G317" t="s">
         <v>15</v>
       </c>
       <c r="H317">
         <v>1</v>
       </c>
       <c r="I317" s="2"/>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D318" s="2" t="s">
         <v>1405</v>
       </c>
-      <c r="B318" t="s">
+      <c r="E318" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F318" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>1409</v>
       </c>
       <c r="G318" t="s">
         <v>15</v>
       </c>
       <c r="H318">
         <v>1</v>
       </c>
       <c r="I318" s="2"/>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D319" s="2" t="s">
         <v>1410</v>
       </c>
-      <c r="B319" t="s">
+      <c r="E319" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F319" t="s">
         <v>1411</v>
-      </c>
-[...10 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="G319" t="s">
         <v>15</v>
       </c>
       <c r="H319">
         <v>1</v>
       </c>
       <c r="I319" s="2"/>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D320" s="2" t="s">
         <v>1415</v>
       </c>
-      <c r="B320" t="s">
+      <c r="E320" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F320" t="s">
         <v>1416</v>
-      </c>
-[...10 lines deleted...]
-        <v>1419</v>
       </c>
       <c r="G320" t="s">
         <v>15</v>
       </c>
       <c r="H320">
         <v>1</v>
       </c>
       <c r="I320" s="2"/>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D321" s="2" t="s">
         <v>1420</v>
       </c>
-      <c r="B321" t="s">
+      <c r="E321" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F321" t="s">
         <v>1421</v>
-      </c>
-[...10 lines deleted...]
-        <v>1424</v>
       </c>
       <c r="G321" t="s">
         <v>15</v>
       </c>
       <c r="H321">
         <v>1</v>
       </c>
       <c r="I321" s="2"/>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D322" s="2" t="s">
         <v>1425</v>
       </c>
-      <c r="B322" t="s">
+      <c r="E322" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F322" t="s">
         <v>1426</v>
-      </c>
-[...10 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="G322" t="s">
         <v>15</v>
       </c>
       <c r="H322">
         <v>1</v>
       </c>
       <c r="I322" s="2"/>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D323" s="2" t="s">
         <v>1430</v>
       </c>
-      <c r="B323" t="s">
+      <c r="E323" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F323" t="s">
         <v>1431</v>
-      </c>
-[...10 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="G323" t="s">
         <v>15</v>
       </c>
       <c r="H323">
         <v>1</v>
       </c>
       <c r="I323" s="2"/>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D324" s="2" t="s">
         <v>1435</v>
       </c>
-      <c r="B324" t="s">
+      <c r="E324" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F324" t="s">
         <v>1436</v>
-      </c>
-[...10 lines deleted...]
-        <v>1439</v>
       </c>
       <c r="G324" t="s">
         <v>15</v>
       </c>
       <c r="H324">
         <v>1</v>
       </c>
       <c r="I324" s="2"/>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D325" s="2" t="s">
         <v>1440</v>
       </c>
-      <c r="B325" t="s">
+      <c r="E325" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F325" t="s">
         <v>1441</v>
-      </c>
-[...10 lines deleted...]
-        <v>1439</v>
       </c>
       <c r="G325" t="s">
         <v>15</v>
       </c>
       <c r="H325">
         <v>1</v>
       </c>
       <c r="I325" s="2"/>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C326" t="s">
         <v>1444</v>
       </c>
-      <c r="B326" t="s">
+      <c r="D326" s="2" t="s">
         <v>1445</v>
       </c>
-      <c r="C326" t="s">
+      <c r="E326" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F326" t="s">
         <v>1446</v>
-      </c>
-[...7 lines deleted...]
-        <v>552</v>
       </c>
       <c r="G326" t="s">
         <v>15</v>
       </c>
       <c r="H326">
         <v>1</v>
       </c>
       <c r="I326" s="2"/>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B327" t="s">
         <v>1448</v>
       </c>
-      <c r="B327" t="s">
+      <c r="C327" t="s">
         <v>1449</v>
       </c>
-      <c r="C327" t="s">
+      <c r="D327" s="2" t="s">
         <v>1450</v>
       </c>
-      <c r="D327" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E327" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F327" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="G327" t="s">
         <v>15</v>
       </c>
       <c r="H327">
         <v>1</v>
       </c>
       <c r="I327" s="2"/>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C328" t="s">
         <v>1453</v>
       </c>
-      <c r="B328" t="s">
+      <c r="D328" s="2" t="s">
         <v>1454</v>
       </c>
-      <c r="C328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E328" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F328" t="s">
-        <v>585</v>
+        <v>559</v>
       </c>
       <c r="G328" t="s">
         <v>15</v>
       </c>
       <c r="H328">
         <v>1</v>
       </c>
       <c r="I328" s="2"/>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C329" t="s">
         <v>1457</v>
       </c>
-      <c r="B329" t="s">
+      <c r="D329" s="2" t="s">
         <v>1458</v>
       </c>
-      <c r="C329" t="s">
+      <c r="E329" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F329" t="s">
         <v>1459</v>
-      </c>
-[...7 lines deleted...]
-        <v>585</v>
       </c>
       <c r="G329" t="s">
         <v>15</v>
       </c>
       <c r="H329">
         <v>1</v>
       </c>
       <c r="I329" s="2"/>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B330" t="s">
         <v>1461</v>
       </c>
-      <c r="B330" t="s">
+      <c r="C330" t="s">
         <v>1462</v>
       </c>
-      <c r="C330" t="s">
+      <c r="D330" s="2" t="s">
         <v>1463</v>
       </c>
-      <c r="D330" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E330" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F330" t="s">
-        <v>1465</v>
+        <v>592</v>
       </c>
       <c r="G330" t="s">
         <v>15</v>
       </c>
       <c r="H330">
         <v>1</v>
       </c>
       <c r="I330" s="2"/>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C331" t="s">
         <v>1466</v>
       </c>
-      <c r="B331" t="s">
+      <c r="D331" s="2" t="s">
         <v>1467</v>
       </c>
-      <c r="C331" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E331" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F331" t="s">
-        <v>1470</v>
+        <v>592</v>
       </c>
       <c r="G331" t="s">
         <v>15</v>
       </c>
       <c r="H331">
         <v>1</v>
       </c>
       <c r="I331" s="2"/>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D332" s="2" t="s">
         <v>1471</v>
       </c>
-      <c r="B332" t="s">
+      <c r="E332" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F332" t="s">
         <v>1472</v>
-      </c>
-[...10 lines deleted...]
-        <v>1475</v>
       </c>
       <c r="G332" t="s">
         <v>15</v>
       </c>
       <c r="H332">
         <v>1</v>
       </c>
       <c r="I332" s="2"/>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D333" s="2" t="s">
         <v>1476</v>
       </c>
-      <c r="B333" t="s">
+      <c r="E333" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F333" t="s">
         <v>1477</v>
-      </c>
-[...10 lines deleted...]
-        <v>1475</v>
       </c>
       <c r="G333" t="s">
         <v>15</v>
       </c>
       <c r="H333">
         <v>1</v>
       </c>
       <c r="I333" s="2"/>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C334" t="s">
         <v>1480</v>
       </c>
-      <c r="B334" t="s">
+      <c r="D334" s="2" t="s">
         <v>1481</v>
       </c>
-      <c r="C334" t="s">
+      <c r="E334" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F334" t="s">
         <v>1482</v>
-      </c>
-[...7 lines deleted...]
-        <v>1484</v>
       </c>
       <c r="G334" t="s">
         <v>15</v>
       </c>
       <c r="H334">
         <v>1</v>
       </c>
       <c r="I334" s="2"/>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C335" t="s">
         <v>1485</v>
       </c>
-      <c r="B335" t="s">
+      <c r="D335" s="2" t="s">
         <v>1486</v>
       </c>
-      <c r="C335" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E335" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F335" t="s">
-        <v>801</v>
+        <v>1482</v>
       </c>
       <c r="G335" t="s">
         <v>15</v>
       </c>
       <c r="H335">
         <v>1</v>
       </c>
       <c r="I335" s="2"/>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C336" t="s">
         <v>1489</v>
       </c>
-      <c r="B336" t="s">
+      <c r="D336" s="2" t="s">
         <v>1490</v>
       </c>
-      <c r="C336" t="s">
+      <c r="E336" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F336" t="s">
         <v>1491</v>
-      </c>
-[...7 lines deleted...]
-        <v>1493</v>
       </c>
       <c r="G336" t="s">
         <v>15</v>
       </c>
       <c r="H336">
         <v>1</v>
       </c>
       <c r="I336" s="2"/>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C337" t="s">
         <v>1494</v>
       </c>
-      <c r="B337" t="s">
+      <c r="D337" s="2" t="s">
         <v>1495</v>
       </c>
-      <c r="C337" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E337" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F337" t="s">
-        <v>416</v>
+        <v>808</v>
       </c>
       <c r="G337" t="s">
         <v>15</v>
       </c>
       <c r="H337">
         <v>1</v>
       </c>
       <c r="I337" s="2"/>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C338" t="s">
         <v>1498</v>
       </c>
-      <c r="B338" t="s">
+      <c r="D338" s="2" t="s">
         <v>1499</v>
       </c>
-      <c r="C338" t="s">
+      <c r="E338" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F338" t="s">
         <v>1500</v>
-      </c>
-[...7 lines deleted...]
-        <v>1502</v>
       </c>
       <c r="G338" t="s">
         <v>15</v>
       </c>
       <c r="H338">
         <v>1</v>
       </c>
       <c r="I338" s="2"/>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C339" t="s">
         <v>1503</v>
       </c>
-      <c r="B339" t="s">
+      <c r="D339" s="2" t="s">
         <v>1504</v>
       </c>
-      <c r="C339" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E339" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F339" t="s">
-        <v>1502</v>
+        <v>423</v>
       </c>
       <c r="G339" t="s">
         <v>15</v>
       </c>
       <c r="H339">
         <v>1</v>
       </c>
       <c r="I339" s="2"/>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C340" t="s">
         <v>1507</v>
       </c>
-      <c r="B340" t="s">
+      <c r="D340" s="2" t="s">
         <v>1508</v>
       </c>
-      <c r="C340" t="s">
+      <c r="E340" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F340" t="s">
         <v>1509</v>
-      </c>
-[...7 lines deleted...]
-        <v>557</v>
       </c>
       <c r="G340" t="s">
         <v>15</v>
       </c>
       <c r="H340">
         <v>1</v>
       </c>
       <c r="I340" s="2"/>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B341" t="s">
         <v>1511</v>
       </c>
-      <c r="B341" t="s">
+      <c r="C341" t="s">
         <v>1512</v>
       </c>
-      <c r="C341" t="s">
+      <c r="D341" s="2" t="s">
         <v>1513</v>
       </c>
-      <c r="D341" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E341" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F341" t="s">
-        <v>1211</v>
+        <v>1509</v>
       </c>
       <c r="G341" t="s">
         <v>15</v>
       </c>
       <c r="H341">
         <v>1</v>
       </c>
       <c r="I341" s="2"/>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B342" t="s">
         <v>1515</v>
       </c>
-      <c r="B342" t="s">
+      <c r="C342" t="s">
         <v>1516</v>
       </c>
-      <c r="C342" t="s">
+      <c r="D342" s="2" t="s">
         <v>1517</v>
       </c>
-      <c r="D342" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E342" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F342" t="s">
-        <v>1211</v>
+        <v>564</v>
       </c>
       <c r="G342" t="s">
         <v>15</v>
       </c>
       <c r="H342">
         <v>1</v>
       </c>
       <c r="I342" s="2"/>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B343" t="s">
         <v>1519</v>
       </c>
-      <c r="B343" t="s">
+      <c r="C343" t="s">
         <v>1520</v>
       </c>
-      <c r="C343" t="s">
+      <c r="D343" s="2" t="s">
         <v>1521</v>
       </c>
-      <c r="D343" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E343" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F343" t="s">
-        <v>856</v>
+        <v>1218</v>
       </c>
       <c r="G343" t="s">
         <v>15</v>
       </c>
       <c r="H343">
         <v>1</v>
       </c>
       <c r="I343" s="2"/>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B344" t="s">
         <v>1523</v>
       </c>
-      <c r="B344" t="s">
+      <c r="C344" t="s">
         <v>1524</v>
       </c>
-      <c r="C344" t="s">
+      <c r="D344" s="2" t="s">
         <v>1525</v>
       </c>
-      <c r="D344" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E344" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F344" t="s">
-        <v>861</v>
+        <v>1218</v>
       </c>
       <c r="G344" t="s">
         <v>15</v>
       </c>
       <c r="H344">
         <v>1</v>
       </c>
       <c r="I344" s="2"/>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B345" t="s">
         <v>1527</v>
       </c>
-      <c r="B345" t="s">
+      <c r="C345" t="s">
         <v>1528</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" s="2" t="s">
         <v>1529</v>
       </c>
-      <c r="D345" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E345" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F345" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="G345" t="s">
         <v>15</v>
       </c>
       <c r="H345">
         <v>1</v>
       </c>
       <c r="I345" s="2"/>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B346" t="s">
         <v>1531</v>
       </c>
-      <c r="B346" t="s">
+      <c r="C346" t="s">
         <v>1532</v>
       </c>
-      <c r="C346" t="s">
+      <c r="D346" s="2" t="s">
         <v>1533</v>
       </c>
-      <c r="D346" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E346" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F346" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="G346" t="s">
         <v>15</v>
       </c>
       <c r="H346">
         <v>1</v>
       </c>
       <c r="I346" s="2"/>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B347" t="s">
         <v>1535</v>
       </c>
-      <c r="B347" t="s">
+      <c r="C347" t="s">
         <v>1536</v>
       </c>
-      <c r="C347" t="s">
+      <c r="D347" s="2" t="s">
         <v>1537</v>
       </c>
-      <c r="D347" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E347" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F347" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="G347" t="s">
         <v>15</v>
       </c>
       <c r="H347">
         <v>1</v>
       </c>
       <c r="I347" s="2"/>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B348" t="s">
         <v>1539</v>
       </c>
-      <c r="B348" t="s">
+      <c r="C348" t="s">
         <v>1540</v>
       </c>
-      <c r="C348" t="s">
+      <c r="D348" s="2" t="s">
         <v>1541</v>
       </c>
-      <c r="D348" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E348" s="2" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="F348" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="G348" t="s">
         <v>15</v>
       </c>
       <c r="H348">
         <v>1</v>
       </c>
       <c r="I348" s="2"/>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B349" t="s">
         <v>1543</v>
       </c>
-      <c r="B349" t="s">
+      <c r="C349" t="s">
         <v>1544</v>
       </c>
-      <c r="C349" t="s">
+      <c r="D349" s="2" t="s">
         <v>1545</v>
       </c>
-      <c r="D349" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E349" s="2" t="s">
-        <v>1547</v>
+        <v>955</v>
       </c>
       <c r="F349" t="s">
-        <v>1548</v>
+        <v>873</v>
       </c>
       <c r="G349" t="s">
         <v>15</v>
       </c>
       <c r="H349">
         <v>1</v>
       </c>
-      <c r="I349" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I349" s="2"/>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D350" s="2" t="s">
         <v>1549</v>
       </c>
-      <c r="B350" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E350" s="2" t="s">
-        <v>1547</v>
+        <v>955</v>
       </c>
       <c r="F350" t="s">
-        <v>1548</v>
+        <v>878</v>
       </c>
       <c r="G350" t="s">
         <v>15</v>
       </c>
       <c r="H350">
         <v>1</v>
       </c>
-      <c r="I350" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I350" s="2"/>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D351" s="2" t="s">
         <v>1553</v>
       </c>
-      <c r="B351" t="s">
+      <c r="E351" s="2" t="s">
         <v>1554</v>
       </c>
-      <c r="C351" t="s">
+      <c r="F351" t="s">
         <v>1555</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G351" t="s">
         <v>15</v>
       </c>
       <c r="H351">
         <v>1</v>
       </c>
       <c r="I351" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B352" t="s">
         <v>1557</v>
       </c>
-      <c r="B352" t="s">
+      <c r="C352" t="s">
         <v>1558</v>
       </c>
-      <c r="C352" t="s">
+      <c r="D352" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="D352" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E352" s="2" t="s">
-        <v>440</v>
+        <v>1554</v>
       </c>
       <c r="F352" t="s">
-        <v>1561</v>
+        <v>1555</v>
       </c>
       <c r="G352" t="s">
         <v>15</v>
       </c>
       <c r="H352">
         <v>1</v>
       </c>
       <c r="I352" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C353" t="s">
         <v>1562</v>
       </c>
-      <c r="B353" t="s">
+      <c r="D353" s="2" t="s">
         <v>1563</v>
       </c>
-      <c r="C353" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E353" s="2" t="s">
-        <v>440</v>
+        <v>1554</v>
       </c>
       <c r="F353" t="s">
-        <v>1561</v>
+        <v>22</v>
       </c>
       <c r="G353" t="s">
         <v>15</v>
       </c>
       <c r="H353">
         <v>1</v>
       </c>
-      <c r="I353" s="2"/>
+      <c r="I353" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="B354" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="C354" t="s">
         <v>1566</v>
       </c>
       <c r="D354" s="2" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E354" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="F354" t="s">
         <v>1568</v>
       </c>
-      <c r="E354" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G354" t="s">
         <v>15</v>
       </c>
       <c r="H354">
         <v>1</v>
       </c>
-      <c r="I354" s="2"/>
+      <c r="I354" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
         <v>1569</v>
       </c>
       <c r="B355" t="s">
         <v>1570</v>
       </c>
       <c r="C355" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>235</v>
+        <v>447</v>
       </c>
       <c r="F355" t="s">
-        <v>22</v>
+        <v>1568</v>
       </c>
       <c r="G355" t="s">
         <v>15</v>
       </c>
       <c r="H355">
         <v>1</v>
       </c>
       <c r="I355" s="2"/>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="B356" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C356" t="s">
         <v>1573</v>
       </c>
-      <c r="C356" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D356" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F356" t="s">
         <v>22</v>
       </c>
       <c r="G356" t="s">
         <v>15</v>
       </c>
       <c r="H356">
         <v>1</v>
       </c>
       <c r="I356" s="2"/>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B357" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C357" t="s">
         <v>1576</v>
       </c>
-      <c r="C357" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D357" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F357" t="s">
         <v>22</v>
       </c>
       <c r="G357" t="s">
         <v>15</v>
       </c>
       <c r="H357">
         <v>1</v>
       </c>
       <c r="I357" s="2"/>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B358" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C358" t="s">
         <v>1579</v>
       </c>
-      <c r="C358" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D358" s="2" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F358" t="s">
         <v>22</v>
       </c>
       <c r="G358" t="s">
         <v>15</v>
       </c>
       <c r="H358">
         <v>1</v>
       </c>
       <c r="I358" s="2"/>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B359" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C359" t="s">
         <v>1582</v>
       </c>
-      <c r="C359" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D359" s="2" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F359" t="s">
         <v>22</v>
       </c>
       <c r="G359" t="s">
         <v>15</v>
       </c>
       <c r="H359">
         <v>1</v>
       </c>
       <c r="I359" s="2"/>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B360" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C360" t="s">
         <v>1585</v>
       </c>
-      <c r="C360" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D360" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F360" t="s">
         <v>22</v>
       </c>
       <c r="G360" t="s">
         <v>15</v>
       </c>
       <c r="H360">
         <v>1</v>
       </c>
       <c r="I360" s="2"/>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B361" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C361" t="s">
         <v>1588</v>
       </c>
-      <c r="C361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D361" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F361" t="s">
         <v>22</v>
       </c>
       <c r="G361" t="s">
         <v>15</v>
       </c>
       <c r="H361">
         <v>1</v>
       </c>
       <c r="I361" s="2"/>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B362" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C362" t="s">
         <v>1591</v>
       </c>
-      <c r="C362" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D362" s="2" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F362" t="s">
         <v>22</v>
       </c>
       <c r="G362" t="s">
         <v>15</v>
       </c>
       <c r="H362">
         <v>1</v>
       </c>
       <c r="I362" s="2"/>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B363" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C363" t="s">
         <v>1594</v>
       </c>
-      <c r="C363" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D363" s="2" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F363" t="s">
         <v>22</v>
       </c>
       <c r="G363" t="s">
         <v>15</v>
       </c>
       <c r="H363">
         <v>1</v>
       </c>
       <c r="I363" s="2"/>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B364" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C364" t="s">
         <v>1597</v>
       </c>
-      <c r="C364" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D364" s="2" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F364" t="s">
         <v>22</v>
       </c>
       <c r="G364" t="s">
         <v>15</v>
       </c>
       <c r="H364">
         <v>1</v>
       </c>
       <c r="I364" s="2"/>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B365" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C365" t="s">
         <v>1600</v>
       </c>
-      <c r="C365" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D365" s="2" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F365" t="s">
         <v>22</v>
       </c>
       <c r="G365" t="s">
         <v>15</v>
       </c>
       <c r="H365">
         <v>1</v>
       </c>
       <c r="I365" s="2"/>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="B366" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C366" t="s">
         <v>1603</v>
       </c>
-      <c r="C366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D366" s="2" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F366" t="s">
         <v>22</v>
       </c>
       <c r="G366" t="s">
         <v>15</v>
       </c>
       <c r="H366">
         <v>1</v>
       </c>
       <c r="I366" s="2"/>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B367" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C367" t="s">
         <v>1606</v>
       </c>
-      <c r="C367" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D367" s="2" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F367" t="s">
         <v>22</v>
       </c>
       <c r="G367" t="s">
         <v>15</v>
       </c>
       <c r="H367">
         <v>1</v>
       </c>
       <c r="I367" s="2"/>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B368" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C368" t="s">
         <v>1609</v>
       </c>
-      <c r="C368" t="b">
-[...1 lines deleted...]
-      </c>
       <c r="D368" s="2" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1611</v>
+        <v>239</v>
       </c>
       <c r="F368" t="s">
         <v>22</v>
       </c>
       <c r="G368" t="s">
         <v>15</v>
       </c>
       <c r="H368">
         <v>1</v>
       </c>
       <c r="I368" s="2"/>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
         <v>1612</v>
       </c>
       <c r="B369" t="s">
         <v>1613</v>
       </c>
-      <c r="C369" t="b">
-        <v>0</v>
+      <c r="C369" t="s">
+        <v>1612</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>1614</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1611</v>
+        <v>239</v>
       </c>
       <c r="F369" t="s">
         <v>22</v>
       </c>
       <c r="G369" t="s">
         <v>15</v>
       </c>
       <c r="H369">
         <v>1</v>
       </c>
       <c r="I369" s="2"/>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>1615</v>
       </c>
       <c r="B370" t="s">
         <v>1616</v>
       </c>
       <c r="C370" t="b">
         <v>0</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>1617</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F370" t="s">
         <v>22</v>
       </c>
       <c r="G370" t="s">
         <v>15</v>
       </c>
       <c r="H370">
         <v>1</v>
       </c>
       <c r="I370" s="2"/>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B371" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="C371" t="b">
         <v>0</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F371" t="s">
         <v>22</v>
       </c>
       <c r="G371" t="s">
         <v>15</v>
       </c>
       <c r="H371">
         <v>1</v>
       </c>
       <c r="I371" s="2"/>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B372" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C372" t="b">
         <v>0</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F372" t="s">
         <v>22</v>
       </c>
       <c r="G372" t="s">
         <v>15</v>
       </c>
       <c r="H372">
         <v>1</v>
       </c>
       <c r="I372" s="2"/>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="B373" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="C373" t="b">
         <v>0</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F373" t="s">
         <v>22</v>
       </c>
       <c r="G373" t="s">
         <v>15</v>
       </c>
       <c r="H373">
         <v>1</v>
       </c>
       <c r="I373" s="2"/>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B374" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="C374" t="b">
         <v>0</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F374" t="s">
         <v>22</v>
       </c>
       <c r="G374" t="s">
         <v>15</v>
       </c>
       <c r="H374">
         <v>1</v>
       </c>
       <c r="I374" s="2"/>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="B375" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="C375" t="b">
         <v>0</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F375" t="s">
         <v>22</v>
       </c>
       <c r="G375" t="s">
         <v>15</v>
       </c>
       <c r="H375">
         <v>1</v>
       </c>
       <c r="I375" s="2"/>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B376" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="C376" t="b">
         <v>0</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F376" t="s">
         <v>22</v>
       </c>
       <c r="G376" t="s">
         <v>15</v>
       </c>
       <c r="H376">
         <v>1</v>
       </c>
       <c r="I376" s="2"/>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B377" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C377" t="b">
         <v>0</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F377" t="s">
         <v>22</v>
       </c>
       <c r="G377" t="s">
         <v>15</v>
       </c>
       <c r="H377">
         <v>1</v>
       </c>
       <c r="I377" s="2"/>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B378" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C378" t="b">
         <v>0</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="F378" t="s">
         <v>22</v>
       </c>
       <c r="G378" t="s">
         <v>15</v>
       </c>
       <c r="H378">
         <v>1</v>
       </c>
       <c r="I378" s="2"/>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B379" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C379" t="b">
         <v>0</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1645</v>
+        <v>1618</v>
       </c>
       <c r="F379" t="s">
         <v>22</v>
       </c>
       <c r="G379" t="s">
         <v>15</v>
       </c>
       <c r="H379">
         <v>1</v>
       </c>
       <c r="I379" s="2"/>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
         <v>1646</v>
       </c>
       <c r="B380" t="s">
         <v>1647</v>
       </c>
       <c r="C380" t="b">
         <v>0</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>1648</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1645</v>
+        <v>1618</v>
       </c>
       <c r="F380" t="s">
         <v>22</v>
       </c>
       <c r="G380" t="s">
         <v>15</v>
       </c>
       <c r="H380">
         <v>1</v>
       </c>
       <c r="I380" s="2"/>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
         <v>1649</v>
       </c>
       <c r="B381" t="s">
         <v>1650</v>
       </c>
       <c r="C381" t="b">
         <v>0</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>1651</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F381" t="s">
         <v>22</v>
       </c>
       <c r="G381" t="s">
         <v>15</v>
       </c>
       <c r="H381">
         <v>1</v>
       </c>
       <c r="I381" s="2"/>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="B382" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="C382" t="b">
         <v>0</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F382" t="s">
         <v>22</v>
       </c>
       <c r="G382" t="s">
         <v>15</v>
       </c>
       <c r="H382">
         <v>1</v>
       </c>
       <c r="I382" s="2"/>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="B383" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="C383" t="b">
         <v>0</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F383" t="s">
         <v>22</v>
       </c>
       <c r="G383" t="s">
         <v>15</v>
       </c>
       <c r="H383">
         <v>1</v>
       </c>
       <c r="I383" s="2"/>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="B384" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="C384" t="b">
         <v>0</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F384" t="s">
         <v>22</v>
       </c>
       <c r="G384" t="s">
         <v>15</v>
       </c>
       <c r="H384">
         <v>1</v>
       </c>
       <c r="I384" s="2"/>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="B385" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="C385" t="b">
         <v>0</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F385" t="s">
         <v>22</v>
       </c>
       <c r="G385" t="s">
         <v>15</v>
       </c>
       <c r="H385">
         <v>1</v>
       </c>
       <c r="I385" s="2"/>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B386" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="C386" t="b">
         <v>0</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F386" t="s">
         <v>22</v>
       </c>
       <c r="G386" t="s">
         <v>15</v>
       </c>
       <c r="H386">
         <v>1</v>
       </c>
       <c r="I386" s="2"/>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B387" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C387" t="b">
         <v>0</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="F387" t="s">
         <v>22</v>
       </c>
       <c r="G387" t="s">
         <v>15</v>
       </c>
       <c r="H387">
         <v>1</v>
       </c>
       <c r="I387" s="2"/>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B388" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="C388" t="b">
         <v>0</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>235</v>
+        <v>1652</v>
       </c>
       <c r="F388" t="s">
-        <v>1673</v>
+        <v>22</v>
       </c>
       <c r="G388" t="s">
         <v>15</v>
       </c>
       <c r="H388">
         <v>1</v>
       </c>
       <c r="I388" s="2"/>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
         <v>1674</v>
       </c>
       <c r="B389" t="s">
         <v>1675</v>
       </c>
       <c r="C389" t="b">
         <v>0</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>1676</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1677</v>
+        <v>1652</v>
       </c>
       <c r="F389" t="s">
-        <v>1678</v>
+        <v>22</v>
       </c>
       <c r="G389" t="s">
         <v>15</v>
       </c>
       <c r="H389">
         <v>1</v>
       </c>
       <c r="I389" s="2"/>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="B390" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="C390" t="b">
         <v>0</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1677</v>
+        <v>239</v>
       </c>
       <c r="F390" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="G390" t="s">
         <v>15</v>
       </c>
       <c r="H390">
         <v>1</v>
       </c>
       <c r="I390" s="2"/>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="B391" t="s">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="C391" t="b">
         <v>0</v>
       </c>
       <c r="D391" s="2" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E391" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F391" t="s">
         <v>1685</v>
-      </c>
-[...4 lines deleted...]
-        <v>1682</v>
       </c>
       <c r="G391" t="s">
         <v>15</v>
       </c>
       <c r="H391">
         <v>1</v>
       </c>
       <c r="I391" s="2"/>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
         <v>1686</v>
       </c>
       <c r="B392" t="s">
         <v>1687</v>
       </c>
       <c r="C392" t="b">
         <v>0</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>1688</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F392" t="s">
         <v>1689</v>
       </c>
       <c r="G392" t="s">
         <v>15</v>
       </c>
       <c r="H392">
         <v>1</v>
       </c>
       <c r="I392" s="2"/>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
         <v>1690</v>
       </c>
       <c r="B393" t="s">
         <v>1691</v>
       </c>
       <c r="C393" t="b">
         <v>0</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>1692</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F393" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="G393" t="s">
         <v>15</v>
       </c>
       <c r="H393">
         <v>1</v>
       </c>
       <c r="I393" s="2"/>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B394" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
       <c r="C394" t="b">
         <v>0</v>
       </c>
       <c r="D394" s="2" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E394" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F394" t="s">
         <v>1696</v>
-      </c>
-[...4 lines deleted...]
-        <v>1697</v>
       </c>
       <c r="G394" t="s">
         <v>15</v>
       </c>
       <c r="H394">
         <v>1</v>
       </c>
       <c r="I394" s="2"/>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B395" t="s">
         <v>1698</v>
-      </c>
-[...1 lines deleted...]
-        <v>1699</v>
       </c>
       <c r="C395" t="b">
         <v>0</v>
       </c>
       <c r="D395" s="2" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E395" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F395" t="s">
         <v>1700</v>
-      </c>
-[...4 lines deleted...]
-        <v>1701</v>
       </c>
       <c r="G395" t="s">
         <v>15</v>
       </c>
       <c r="H395">
         <v>1</v>
       </c>
       <c r="I395" s="2"/>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B396" t="s">
         <v>1702</v>
-      </c>
-[...1 lines deleted...]
-        <v>1703</v>
       </c>
       <c r="C396" t="b">
         <v>0</v>
       </c>
       <c r="D396" s="2" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E396" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F396" t="s">
         <v>1704</v>
-      </c>
-[...4 lines deleted...]
-        <v>1705</v>
       </c>
       <c r="G396" t="s">
         <v>15</v>
       </c>
       <c r="H396">
         <v>1</v>
       </c>
       <c r="I396" s="2"/>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B397" t="s">
         <v>1706</v>
-      </c>
-[...1 lines deleted...]
-        <v>1707</v>
       </c>
       <c r="C397" t="b">
         <v>0</v>
       </c>
       <c r="D397" s="2" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F397" t="s">
         <v>1708</v>
-      </c>
-[...4 lines deleted...]
-        <v>1705</v>
       </c>
       <c r="G397" t="s">
         <v>15</v>
       </c>
       <c r="H397">
         <v>1</v>
       </c>
       <c r="I397" s="2"/>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
         <v>1709</v>
       </c>
       <c r="B398" t="s">
         <v>1710</v>
       </c>
       <c r="C398" t="b">
         <v>0</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>1711</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F398" t="s">
         <v>1712</v>
       </c>
       <c r="G398" t="s">
         <v>15</v>
       </c>
       <c r="H398">
         <v>1</v>
       </c>
       <c r="I398" s="2"/>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
         <v>1713</v>
       </c>
       <c r="B399" t="s">
         <v>1714</v>
       </c>
       <c r="C399" t="b">
         <v>0</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>1715</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F399" t="s">
         <v>1712</v>
       </c>
       <c r="G399" t="s">
         <v>15</v>
       </c>
       <c r="H399">
         <v>1</v>
       </c>
       <c r="I399" s="2"/>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
         <v>1716</v>
       </c>
       <c r="B400" t="s">
         <v>1717</v>
       </c>
       <c r="C400" t="b">
         <v>0</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>1718</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F400" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="G400" t="s">
         <v>15</v>
       </c>
       <c r="H400">
         <v>1</v>
       </c>
       <c r="I400" s="2"/>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="B401" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="C401" t="b">
         <v>0</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F401" t="s">
-        <v>1722</v>
+        <v>1719</v>
       </c>
       <c r="G401" t="s">
         <v>15</v>
       </c>
       <c r="H401">
         <v>1</v>
       </c>
       <c r="I401" s="2"/>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" t="s">
         <v>1723</v>
       </c>
       <c r="B402" t="s">
         <v>1724</v>
       </c>
       <c r="C402" t="b">
         <v>0</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>1725</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1726</v>
+        <v>1684</v>
       </c>
       <c r="F402" t="s">
-        <v>22</v>
+        <v>1719</v>
       </c>
       <c r="G402" t="s">
         <v>15</v>
       </c>
       <c r="H402">
         <v>1</v>
       </c>
-      <c r="I402" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I402" s="2"/>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B403" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="C403" t="b">
         <v>0</v>
       </c>
       <c r="D403" s="2" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E403" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F403" t="s">
         <v>1729</v>
       </c>
-      <c r="E403" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G403" t="s">
         <v>15</v>
       </c>
       <c r="H403">
         <v>1</v>
       </c>
-      <c r="I403" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I403" s="2"/>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" t="s">
         <v>1730</v>
       </c>
       <c r="B404" t="s">
         <v>1731</v>
       </c>
-      <c r="C404" t="s">
+      <c r="C404" t="b">
+        <v>0</v>
+      </c>
+      <c r="D404" s="2" t="s">
         <v>1732</v>
       </c>
-      <c r="D404" s="2" t="s">
+      <c r="E404" s="2" t="s">
         <v>1733</v>
-      </c>
-[...1 lines deleted...]
-        <v>1726</v>
       </c>
       <c r="F404" t="s">
         <v>22</v>
       </c>
       <c r="G404" t="s">
         <v>15</v>
       </c>
       <c r="H404">
         <v>1</v>
       </c>
       <c r="I404" s="2" t="s">
-        <v>16</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="B405" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="C405" t="b">
         <v>0</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="F405" t="s">
         <v>22</v>
       </c>
       <c r="G405" t="s">
         <v>15</v>
       </c>
       <c r="H405">
         <v>1</v>
       </c>
       <c r="I405" s="2" t="s">
-        <v>16</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="B406" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1739</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1740</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="F406" t="s">
         <v>22</v>
       </c>
       <c r="G406" t="s">
         <v>15</v>
       </c>
       <c r="H406">
         <v>1</v>
       </c>
       <c r="I406" s="2" t="s">
-        <v>16</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="B407" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="C407" t="b">
         <v>0</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="F407" t="s">
         <v>22</v>
       </c>
       <c r="G407" t="s">
         <v>15</v>
       </c>
       <c r="H407">
         <v>1</v>
       </c>
       <c r="I407" s="2" t="s">
-        <v>16</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="B408" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="C408" t="b">
         <v>0</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="F408" t="s">
         <v>22</v>
       </c>
       <c r="G408" t="s">
         <v>15</v>
       </c>
       <c r="H408">
         <v>1</v>
       </c>
       <c r="I408" s="2" t="s">
-        <v>16</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="B409" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="C409" t="b">
         <v>0</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="F409" t="s">
         <v>22</v>
       </c>
       <c r="G409" t="s">
         <v>15</v>
       </c>
       <c r="H409">
         <v>1</v>
       </c>
       <c r="I409" s="2" t="s">
-        <v>16</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="B410" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="C410" t="b">
         <v>0</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1677</v>
+        <v>1733</v>
       </c>
       <c r="F410" t="s">
-        <v>1752</v>
+        <v>22</v>
       </c>
       <c r="G410" t="s">
         <v>15</v>
       </c>
       <c r="H410">
         <v>1</v>
       </c>
-      <c r="I410" s="2"/>
+      <c r="I410" s="2" t="s">
+        <v>1734</v>
+      </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B411" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="C411" t="b">
         <v>0</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1677</v>
+        <v>1733</v>
       </c>
       <c r="F411" t="s">
-        <v>1756</v>
+        <v>22</v>
       </c>
       <c r="G411" t="s">
         <v>15</v>
       </c>
       <c r="H411">
         <v>1</v>
       </c>
-      <c r="I411" s="2"/>
+      <c r="I411" s="2" t="s">
+        <v>1734</v>
+      </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" t="s">
         <v>1757</v>
       </c>
       <c r="B412" t="s">
         <v>1758</v>
       </c>
       <c r="C412" t="b">
         <v>0</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>1759</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F412" t="s">
         <v>1760</v>
       </c>
       <c r="G412" t="s">
         <v>15</v>
       </c>
       <c r="H412">
         <v>1</v>
       </c>
       <c r="I412" s="2"/>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" t="s">
         <v>1761</v>
       </c>
       <c r="B413" t="s">
         <v>1762</v>
       </c>
       <c r="C413" t="b">
         <v>0</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>1763</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F413" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="G413" t="s">
         <v>15</v>
       </c>
       <c r="H413">
         <v>1</v>
       </c>
       <c r="I413" s="2"/>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="B414" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="C414" t="b">
         <v>0</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F414" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G414" t="s">
         <v>15</v>
       </c>
       <c r="H414">
         <v>1</v>
       </c>
       <c r="I414" s="2"/>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B415" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="C415" t="b">
         <v>0</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F415" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="G415" t="s">
         <v>15</v>
       </c>
       <c r="H415">
         <v>1</v>
       </c>
       <c r="I415" s="2"/>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" t="s">
         <v>1772</v>
       </c>
       <c r="B416" t="s">
         <v>1773</v>
       </c>
       <c r="C416" t="b">
         <v>0</v>
       </c>
       <c r="D416" s="2" t="s">
         <v>1774</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F416" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="G416" t="s">
         <v>15</v>
       </c>
       <c r="H416">
         <v>1</v>
       </c>
       <c r="I416" s="2"/>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B417" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="C417" t="b">
         <v>0</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F417" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="G417" t="s">
         <v>15</v>
       </c>
       <c r="H417">
         <v>1</v>
       </c>
       <c r="I417" s="2"/>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="B418" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="C418" t="b">
         <v>0</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F418" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="G418" t="s">
         <v>15</v>
       </c>
       <c r="H418">
         <v>1</v>
       </c>
       <c r="I418" s="2"/>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B419" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C419" t="b">
         <v>0</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F419" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="G419" t="s">
         <v>15</v>
       </c>
       <c r="H419">
         <v>1</v>
       </c>
       <c r="I419" s="2"/>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="B420" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="C420" t="b">
         <v>0</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F420" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="G420" t="s">
         <v>15</v>
       </c>
       <c r="H420">
         <v>1</v>
       </c>
       <c r="I420" s="2"/>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B421" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="C421" t="b">
         <v>0</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F421" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="G421" t="s">
         <v>15</v>
       </c>
       <c r="H421">
         <v>1</v>
       </c>
       <c r="I421" s="2"/>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="B422" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="C422" t="b">
         <v>0</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F422" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="G422" t="s">
         <v>15</v>
       </c>
       <c r="H422">
         <v>1</v>
       </c>
       <c r="I422" s="2"/>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="B423" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="C423" t="b">
         <v>0</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F423" t="s">
-        <v>1796</v>
+        <v>1779</v>
       </c>
       <c r="G423" t="s">
         <v>15</v>
       </c>
       <c r="H423">
         <v>1</v>
       </c>
       <c r="I423" s="2"/>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B424" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="C424" t="b">
         <v>0</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F424" t="s">
-        <v>1796</v>
+        <v>1779</v>
       </c>
       <c r="G424" t="s">
         <v>15</v>
       </c>
       <c r="H424">
         <v>1</v>
       </c>
       <c r="I424" s="2"/>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="B425" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="C425" t="b">
         <v>0</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F425" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="G425" t="s">
         <v>15</v>
       </c>
       <c r="H425">
         <v>1</v>
       </c>
       <c r="I425" s="2"/>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="B426" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="C426" t="b">
         <v>0</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="F426" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="G426" t="s">
         <v>15</v>
       </c>
       <c r="H426">
         <v>1</v>
       </c>
       <c r="I426" s="2"/>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="B427" t="s">
-        <v>1807</v>
-[...2 lines deleted...]
-        <v>1808</v>
+        <v>1809</v>
+      </c>
+      <c r="C427" t="b">
+        <v>0</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1810</v>
+        <v>1684</v>
       </c>
       <c r="F427" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G427" t="s">
+        <v>15</v>
+      </c>
+      <c r="H427">
+        <v>1</v>
+      </c>
+      <c r="I427" s="2"/>
+    </row>
+    <row r="428" spans="1:9">
+      <c r="A428" t="s">
         <v>1811</v>
       </c>
-      <c r="G427" t="s">
-[...5 lines deleted...]
-      <c r="I427" s="2"/>
+      <c r="B428" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C428" t="b">
+        <v>0</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G428" t="s">
+        <v>15</v>
+      </c>
+      <c r="H428">
+        <v>1</v>
+      </c>
+      <c r="I428" s="2"/>
+    </row>
+    <row r="429" spans="1:9">
+      <c r="A429" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E429" s="2" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F429" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G429" t="s">
+        <v>15</v>
+      </c>
+      <c r="H429">
+        <v>1</v>
+      </c>
+      <c r="I429" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Productprijs</vt:lpstr>
     </vt:vector>